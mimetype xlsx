--- v0 (2025-11-30)
+++ v1 (2026-03-02)
@@ -70,53 +70,53 @@
   <Override PartName="/xl/ctrlProps/ctrlProp30.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp31.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp32.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp33.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp34.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/xl/vbaProject.bin" ContentType="application/vnd.ms-office.vbaProject"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29328" codeName="{DD97A8EA-9A9A-E61F-A557-7D5A7D7259CE}"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Armelle et Serge\Dropbox\ADMINISTRATIF\2026\LICENCES\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1BE354DD-1436-4367-AB59-4016AB0FDF39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DF004E6C-A50A-4C12-8D93-AD8C8E1E8ED4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="944" firstSheet="2" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="944" firstSheet="2" activeTab="10" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Clubs" sheetId="22" state="hidden" r:id="rId1"/>
     <sheet name="Catégories" sheetId="24" state="hidden" r:id="rId2"/>
     <sheet name="Menu" sheetId="1" r:id="rId3"/>
     <sheet name="Mode d'emploi" sheetId="15" r:id="rId4"/>
     <sheet name="Demande de Carte" sheetId="26" state="hidden" r:id="rId5"/>
     <sheet name="Renouvellement de Licence" sheetId="25" state="hidden" r:id="rId6"/>
     <sheet name="QUESTIONNAIRE DE SANTE MINEUR" sheetId="31" r:id="rId7"/>
     <sheet name="Information assurance" sheetId="33" r:id="rId8"/>
     <sheet name="DOCUMENT UNIQUE LICENCE" sheetId="32" r:id="rId9"/>
     <sheet name="Vérification des Licences" sheetId="18" r:id="rId10"/>
     <sheet name="Feuille Comptable" sheetId="21" r:id="rId11"/>
     <sheet name="Demande de Duplicata" sheetId="19" state="hidden" r:id="rId12"/>
     <sheet name="DUPLICATA EN COURS D'ANNEE" sheetId="29" r:id="rId13"/>
     <sheet name="Correction d'erreur" sheetId="20" r:id="rId14"/>
     <sheet name="Feuil1" sheetId="28" state="hidden" r:id="rId15"/>
   </sheets>
   <definedNames>
     <definedName name="___xlfn.IFERROR" hidden="1">#NAME?</definedName>
     <definedName name="__xlfn.IFERROR" hidden="1">#NAME?</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="1">'Vérification des Licences'!$A$15:$S$15</definedName>
     <definedName name="Age">#REF!</definedName>
     <definedName name="aout">#REF!</definedName>
     <definedName name="avril">#REF!</definedName>
@@ -6948,67 +6948,73 @@
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="97" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="43" fillId="0" borderId="97" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="59" fillId="0" borderId="95" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="95" xfId="0" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="121" fillId="54" borderId="0" xfId="10" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="136" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="120" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="108" xfId="10" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="108" xfId="10" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="109" xfId="10" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="109" xfId="10" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="110" xfId="10" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="110" xfId="10" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="111" xfId="10" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="111" xfId="10" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="112" xfId="10" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="112" xfId="10" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
-    </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="113" xfId="10" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="113" xfId="10" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="119" fillId="53" borderId="106" xfId="10" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="136" fillId="0" borderId="107" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="136" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="137" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="136" fillId="0" borderId="107" xfId="10" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="136" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="167" fontId="136" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="136" fillId="0" borderId="0" xfId="10" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
@@ -7358,64 +7364,52 @@
     </xf>
     <xf numFmtId="0" fontId="98" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="3"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="53" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="58" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="7" fontId="48" fillId="0" borderId="12" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="98" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="14" fontId="46" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="32" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection hidden="1"/>
-[...2 lines deleted...]
-      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="14" fontId="46" fillId="0" borderId="6" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="8" borderId="40" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="39" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="86" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="56" fillId="43" borderId="82" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -7477,50 +7471,62 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="4" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="47" borderId="0" xfId="4" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="3" borderId="70" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="6" borderId="70" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="4" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="66" fillId="0" borderId="12" xfId="4" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="14" fontId="46" fillId="0" borderId="5" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="46" fillId="0" borderId="4" xfId="4" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="Euro" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Euro 2" xfId="12" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Euro 3" xfId="13" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Excel Built-in Hyperlink" xfId="14" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Excel Built-in Normal" xfId="15" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Excel Built-in Normal 2" xfId="16" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Excel Built-in Normal 3" xfId="17" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Heading" xfId="18" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="Heading1" xfId="19" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Lien hypertexte" xfId="9" builtinId="8"/>
     <cellStyle name="Lien hypertexte 2" xfId="2" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="Lien hypertexte 3" xfId="3" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="Lien hypertexte 4" xfId="11" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
     <cellStyle name="Lien hypertexte 5" xfId="20" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="Lien hypertexte 6" xfId="21" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="Lien hypertexte 7" xfId="22" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="Milliers 2" xfId="23" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="Monétaire 2" xfId="24" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 10" xfId="25" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="Normal 11" xfId="26" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="Normal 12" xfId="27" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
@@ -13370,52 +13376,52 @@
     <row r="70" spans="1:3" s="229" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A70" s="225">
         <v>5278</v>
       </c>
       <c r="B70" s="226" t="s">
         <v>120</v>
       </c>
       <c r="C70" s="151" t="s">
         <v>347</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <sheetPr codeName="Feuil16"/>
   <dimension ref="A1:AH111"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="K24" sqref="K24"/>
+    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="17.7109375" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.7109375" style="1" customWidth="1"/>
     <col min="4" max="5" width="1.7109375" style="1" customWidth="1"/>
     <col min="6" max="7" width="2.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="9" style="1" customWidth="1"/>
     <col min="9" max="9" width="6.140625" style="1" customWidth="1"/>
     <col min="10" max="10" width="24.7109375" style="1" customWidth="1"/>
     <col min="11" max="11" width="1.85546875" style="1" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="6.7109375" style="1" customWidth="1"/>
     <col min="13" max="13" width="21.7109375" style="1" customWidth="1"/>
     <col min="14" max="14" width="3.28515625" style="1" customWidth="1"/>
     <col min="15" max="15" width="10.28515625" style="1" customWidth="1"/>
     <col min="16" max="16" width="5.28515625" style="1" customWidth="1"/>
     <col min="17" max="20" width="1.7109375" style="1" customWidth="1"/>
     <col min="21" max="21" width="10.85546875" style="1" hidden="1" customWidth="1"/>
     <col min="22" max="22" width="11.85546875" style="1" hidden="1" customWidth="1"/>
     <col min="23" max="23" width="6" style="1" hidden="1" customWidth="1"/>
     <col min="24" max="24" width="5" style="1" hidden="1" customWidth="1"/>
     <col min="25" max="25" width="7.140625" style="1" hidden="1" customWidth="1"/>
     <col min="26" max="26" width="5" style="1" hidden="1" customWidth="1"/>
     <col min="27" max="28" width="5" style="1" bestFit="1" customWidth="1"/>
@@ -17835,52 +17841,52 @@
                 <xdr:rowOff>95250</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>18</xdr:col>
                 <xdr:colOff>95250</xdr:colOff>
                 <xdr:row>7</xdr:row>
                 <xdr:rowOff>171450</xdr:rowOff>
               </to>
             </anchor>
           </controlPr>
         </control>
       </mc:Choice>
       <mc:Fallback>
         <control shapeId="7169" r:id="rId4" name="CommandButton1"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </controls>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <sheetPr codeName="Feuil3"/>
   <dimension ref="A1:K39"/>
   <sheetViews>
-    <sheetView showGridLines="0" workbookViewId="0">
-      <selection activeCell="D10" sqref="D10:D11"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="H35" sqref="H35:J35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.7109375" style="72" customWidth="1"/>
     <col min="2" max="2" width="12.28515625" style="72" customWidth="1"/>
     <col min="3" max="3" width="34.28515625" style="72" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" style="72" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" style="72" customWidth="1"/>
     <col min="6" max="6" width="11.7109375" style="72" customWidth="1"/>
     <col min="7" max="7" width="1.42578125" style="72" customWidth="1"/>
     <col min="8" max="8" width="8.140625" style="72" customWidth="1"/>
     <col min="9" max="10" width="5.7109375" style="72" customWidth="1"/>
     <col min="11" max="11" width="1.7109375" style="72" customWidth="1"/>
     <col min="12" max="16384" width="11.42578125" style="72"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B1" s="562" t="s">
         <v>60</v>
       </c>
       <c r="C1" s="562"/>
       <c r="D1" s="562"/>
       <c r="E1" s="562"/>
       <c r="F1" s="562"/>
@@ -18141,51 +18147,51 @@
       <c r="H16" s="590"/>
       <c r="I16" s="591"/>
       <c r="J16" s="592"/>
     </row>
     <row r="17" spans="2:10" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="575"/>
       <c r="C17" s="305" t="s">
         <v>188</v>
       </c>
       <c r="D17" s="194"/>
       <c r="E17" s="197">
         <v>19</v>
       </c>
       <c r="F17" s="198">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G17" s="162"/>
       <c r="H17" s="199" t="s">
         <v>122</v>
       </c>
       <c r="I17" s="579"/>
       <c r="J17" s="580"/>
     </row>
     <row r="18" spans="2:10" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B18" s="616" t="str">
+      <c r="B18" s="613" t="str">
         <f>'Vérification des Licences'!W2&amp;" "&amp;"à"&amp;" "&amp;'Vérification des Licences'!Y2</f>
         <v>2015 à 2017</v>
       </c>
       <c r="C18" s="306" t="s">
         <v>189</v>
       </c>
       <c r="D18" s="193"/>
       <c r="E18" s="195">
         <v>19</v>
       </c>
       <c r="F18" s="196">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G18" s="162"/>
       <c r="H18" s="585" t="s">
         <v>209</v>
       </c>
       <c r="I18" s="586"/>
       <c r="J18" s="587"/>
     </row>
     <row r="19" spans="2:10" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B19" s="575"/>
       <c r="C19" s="307" t="s">
         <v>190</v>
@@ -18200,75 +18206,75 @@
       </c>
       <c r="G19" s="162"/>
       <c r="H19" s="199" t="s">
         <v>122</v>
       </c>
       <c r="I19" s="579"/>
       <c r="J19" s="580"/>
     </row>
     <row r="20" spans="2:10" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="588" t="str">
         <f>'Vérification des Licences'!V2&amp;" "&amp;"et après"</f>
         <v>2018 et après</v>
       </c>
       <c r="C20" s="308" t="s">
         <v>191</v>
       </c>
       <c r="D20" s="193"/>
       <c r="E20" s="195">
         <v>14</v>
       </c>
       <c r="F20" s="196">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G20" s="162"/>
-      <c r="H20" s="615" t="s">
+      <c r="H20" s="612" t="s">
         <v>210</v>
       </c>
       <c r="I20" s="577"/>
       <c r="J20" s="578"/>
     </row>
     <row r="21" spans="2:10" ht="21.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B21" s="589"/>
       <c r="C21" s="309" t="s">
         <v>192</v>
       </c>
       <c r="D21" s="194"/>
       <c r="E21" s="197">
         <v>14</v>
       </c>
       <c r="F21" s="198">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G21" s="162"/>
       <c r="H21" s="200" t="s">
         <v>211</v>
       </c>
-      <c r="I21" s="617"/>
-      <c r="J21" s="618"/>
+      <c r="I21" s="614"/>
+      <c r="J21" s="615"/>
     </row>
     <row r="22" spans="2:10" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="600" t="s">
         <v>68</v>
       </c>
       <c r="C22" s="601"/>
       <c r="D22" s="213">
         <f>SUM(D10:D21)</f>
         <v>0</v>
       </c>
       <c r="E22" s="214"/>
       <c r="F22" s="215">
         <f>SUM(F10:F21)</f>
         <v>0</v>
       </c>
       <c r="G22" s="163"/>
       <c r="H22" s="201" t="s">
         <v>212</v>
       </c>
       <c r="I22" s="602"/>
       <c r="J22" s="603"/>
     </row>
     <row r="23" spans="2:10" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="598" t="s">
         <v>272</v>
@@ -18398,142 +18404,142 @@
       <c r="C31" s="178"/>
       <c r="D31" s="179"/>
       <c r="E31" s="179"/>
       <c r="F31" s="179"/>
       <c r="G31" s="179"/>
       <c r="H31" s="179"/>
       <c r="I31" s="180"/>
       <c r="J31" s="129"/>
     </row>
     <row r="32" spans="2:10" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="167"/>
       <c r="C32" s="181"/>
       <c r="D32" s="169"/>
       <c r="E32" s="169"/>
       <c r="F32" s="169"/>
       <c r="G32" s="169"/>
       <c r="H32" s="168"/>
       <c r="I32" s="168"/>
       <c r="J32" s="182"/>
     </row>
     <row r="33" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B33" s="167"/>
       <c r="C33" s="181" t="s">
         <v>69</v>
       </c>
-      <c r="D33" s="608"/>
-[...1 lines deleted...]
-      <c r="F33" s="610" t="s">
+      <c r="D33" s="647"/>
+      <c r="E33" s="648"/>
+      <c r="F33" s="608" t="s">
         <v>70</v>
       </c>
-      <c r="G33" s="610"/>
-[...2 lines deleted...]
-      <c r="J33" s="611"/>
+      <c r="G33" s="608"/>
+      <c r="H33" s="646"/>
+      <c r="I33" s="646"/>
+      <c r="J33" s="646"/>
     </row>
     <row r="34" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="167"/>
       <c r="C34" s="181"/>
       <c r="D34" s="169"/>
       <c r="E34" s="169"/>
       <c r="F34" s="169"/>
       <c r="G34" s="169"/>
       <c r="H34" s="168"/>
       <c r="I34" s="168"/>
       <c r="J34" s="182"/>
     </row>
     <row r="35" spans="1:11" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="167"/>
       <c r="C35" s="181" t="s">
         <v>71</v>
       </c>
-      <c r="D35" s="612"/>
-      <c r="E35" s="612"/>
+      <c r="D35" s="609"/>
+      <c r="E35" s="609"/>
       <c r="F35" s="390" t="s">
         <v>72</v>
       </c>
       <c r="G35" s="390"/>
-      <c r="H35" s="611"/>
-[...1 lines deleted...]
-      <c r="J35" s="611"/>
+      <c r="H35" s="646"/>
+      <c r="I35" s="646"/>
+      <c r="J35" s="646"/>
     </row>
     <row r="36" spans="1:11" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B36" s="167"/>
       <c r="C36" s="169"/>
       <c r="D36" s="169"/>
       <c r="E36" s="169"/>
       <c r="F36" s="169"/>
       <c r="G36" s="169"/>
       <c r="H36" s="168"/>
       <c r="I36" s="168"/>
       <c r="J36" s="182"/>
     </row>
     <row r="37" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="B37" s="167"/>
-      <c r="C37" s="613" t="s">
+      <c r="C37" s="610" t="s">
         <v>73</v>
       </c>
-      <c r="D37" s="614"/>
+      <c r="D37" s="611"/>
       <c r="E37" s="183" t="s">
         <v>74</v>
       </c>
       <c r="F37" s="184" t="s">
         <v>75</v>
       </c>
       <c r="G37" s="185"/>
       <c r="H37" s="186"/>
       <c r="I37" s="153"/>
       <c r="J37" s="187"/>
     </row>
     <row r="38" spans="1:11" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B38" s="188"/>
       <c r="C38" s="189"/>
       <c r="D38" s="189"/>
       <c r="E38" s="189"/>
       <c r="F38" s="189"/>
       <c r="G38" s="189"/>
       <c r="H38" s="190"/>
       <c r="I38" s="191"/>
       <c r="J38" s="192"/>
     </row>
     <row r="39" spans="1:11" ht="51" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="607" t="s">
         <v>76</v>
       </c>
       <c r="B39" s="564"/>
       <c r="C39" s="564"/>
       <c r="D39" s="564"/>
       <c r="E39" s="564"/>
       <c r="F39" s="564"/>
       <c r="G39" s="564"/>
       <c r="H39" s="564"/>
       <c r="I39" s="564"/>
       <c r="J39" s="564"/>
       <c r="K39" s="30"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3iglFbbTVTVBe6IxFB1gdCbkKdFhuxoFqOzx8Cn5QDMnhAGQ2XhRj1xoW2cy/u6sgVdmnUU+3X22ACTUonKRsA==" saltValue="kFgqoZ9uRA3IUpte6P344g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EBg1+0GVB2O1CxnVlLSWt1lZ26vPZJY6+w4vy9mFvjHSCRPHkF0mAoDenSplHfoyZ0YUoiwl1ZQ0WAAPfPIW6w==" saltValue="ZLxk829kdgvKuyfILz45+Q==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="44">
     <mergeCell ref="H18:J18"/>
     <mergeCell ref="H20:J20"/>
     <mergeCell ref="B18:B19"/>
     <mergeCell ref="B20:B21"/>
     <mergeCell ref="I19:J19"/>
     <mergeCell ref="I21:J21"/>
     <mergeCell ref="A39:J39"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="F33:G33"/>
     <mergeCell ref="H33:J33"/>
     <mergeCell ref="D35:E35"/>
     <mergeCell ref="F35:G35"/>
     <mergeCell ref="H35:J35"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="C29:I29"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="B23:C23"/>
     <mergeCell ref="B22:C22"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="I22:J22"/>
     <mergeCell ref="H27:J27"/>
     <mergeCell ref="E27:F27"/>
     <mergeCell ref="B16:B17"/>
     <mergeCell ref="H10:J10"/>
@@ -18680,251 +18686,251 @@
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <sheetPr codeName="Feuil17"/>
   <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView showGridLines="0" workbookViewId="0">
       <selection activeCell="F74" sqref="F74"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="16.42578125" style="1" customWidth="1"/>
     <col min="2" max="5" width="11.42578125" style="1"/>
     <col min="6" max="6" width="16.42578125" style="1" customWidth="1"/>
     <col min="7" max="7" width="15.42578125" style="1" customWidth="1"/>
     <col min="8" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="A1" s="620" t="s">
+      <c r="A1" s="617" t="s">
         <v>146</v>
       </c>
-      <c r="B1" s="621"/>
-[...4 lines deleted...]
-      <c r="G1" s="621"/>
+      <c r="B1" s="618"/>
+      <c r="C1" s="618"/>
+      <c r="D1" s="618"/>
+      <c r="E1" s="618"/>
+      <c r="F1" s="618"/>
+      <c r="G1" s="618"/>
       <c r="H1" s="59"/>
       <c r="I1" s="2"/>
     </row>
     <row r="2" spans="1:9" ht="23.25" x14ac:dyDescent="0.2">
-      <c r="A2" s="622" t="s">
+      <c r="A2" s="619" t="s">
         <v>145</v>
       </c>
-      <c r="B2" s="621"/>
-[...4 lines deleted...]
-      <c r="G2" s="621"/>
+      <c r="B2" s="618"/>
+      <c r="C2" s="618"/>
+      <c r="D2" s="618"/>
+      <c r="E2" s="618"/>
+      <c r="F2" s="618"/>
+      <c r="G2" s="618"/>
       <c r="H2" s="60"/>
       <c r="I2" s="2"/>
     </row>
     <row r="4" spans="1:9" ht="30" x14ac:dyDescent="0.2">
-      <c r="A4" s="623" t="s">
+      <c r="A4" s="620" t="s">
         <v>157</v>
       </c>
-      <c r="B4" s="623"/>
-[...4 lines deleted...]
-      <c r="G4" s="623"/>
+      <c r="B4" s="620"/>
+      <c r="C4" s="620"/>
+      <c r="D4" s="620"/>
+      <c r="E4" s="620"/>
+      <c r="F4" s="620"/>
+      <c r="G4" s="620"/>
     </row>
     <row r="6" spans="1:9" ht="23.25" x14ac:dyDescent="0.2">
       <c r="A6" s="21"/>
-      <c r="B6" s="624" t="s">
+      <c r="B6" s="621" t="s">
         <v>49</v>
       </c>
-      <c r="C6" s="624"/>
-[...2 lines deleted...]
-      <c r="F6" s="624"/>
+      <c r="C6" s="621"/>
+      <c r="D6" s="621"/>
+      <c r="E6" s="621"/>
+      <c r="F6" s="621"/>
       <c r="G6" s="20"/>
     </row>
     <row r="7" spans="1:9" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="16"/>
       <c r="G7" s="15"/>
     </row>
     <row r="8" spans="1:9" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="625" t="str">
+      <c r="B8" s="622" t="str">
         <f>IF(G8=0,"",VLOOKUP(G8,Clubs!A1:B72,2,0))</f>
         <v/>
       </c>
-      <c r="C8" s="625"/>
-[...1 lines deleted...]
-      <c r="E8" s="625"/>
+      <c r="C8" s="622"/>
+      <c r="D8" s="622"/>
+      <c r="E8" s="622"/>
       <c r="F8" s="19" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="18">
         <f>Menu!$B$4</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:9" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="34"/>
       <c r="G9" s="15"/>
     </row>
     <row r="10" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="34" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="619"/>
-      <c r="C10" s="619"/>
+      <c r="B10" s="616"/>
+      <c r="C10" s="616"/>
       <c r="G10" s="31" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:9" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="34"/>
       <c r="G11" s="32"/>
     </row>
     <row r="12" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="629"/>
-      <c r="C12" s="633"/>
+      <c r="B12" s="626"/>
+      <c r="C12" s="630"/>
       <c r="D12" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E12" s="634"/>
-      <c r="F12" s="635"/>
+      <c r="E12" s="631"/>
+      <c r="F12" s="632"/>
       <c r="G12" s="35" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:9" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="34"/>
       <c r="G13" s="35"/>
     </row>
     <row r="14" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="34" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="2"/>
-      <c r="C14" s="636"/>
-[...1 lines deleted...]
-      <c r="E14" s="638"/>
+      <c r="C14" s="633"/>
+      <c r="D14" s="634"/>
+      <c r="E14" s="635"/>
       <c r="G14" s="35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:9" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="34"/>
       <c r="G15" s="35"/>
     </row>
     <row r="16" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="34" t="s">
         <v>44</v>
       </c>
-      <c r="B16" s="626"/>
-[...3 lines deleted...]
-      <c r="F16" s="628"/>
+      <c r="B16" s="623"/>
+      <c r="C16" s="624"/>
+      <c r="D16" s="624"/>
+      <c r="E16" s="624"/>
+      <c r="F16" s="625"/>
       <c r="G16" s="35" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="34"/>
       <c r="G17" s="35"/>
     </row>
     <row r="18" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="34" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="8"/>
       <c r="C18" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="D18" s="629"/>
-[...1 lines deleted...]
-      <c r="F18" s="629"/>
+      <c r="D18" s="626"/>
+      <c r="E18" s="626"/>
+      <c r="F18" s="626"/>
       <c r="G18" s="35" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="34"/>
       <c r="G19" s="35"/>
     </row>
     <row r="20" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="B20" s="634"/>
-[...1 lines deleted...]
-      <c r="D20" s="635"/>
+      <c r="B20" s="631"/>
+      <c r="C20" s="636"/>
+      <c r="D20" s="632"/>
       <c r="G20" s="35" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:7" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="34"/>
       <c r="G21" s="35"/>
     </row>
     <row r="22" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="34" t="s">
         <v>39</v>
       </c>
-      <c r="B22" s="630"/>
-[...1 lines deleted...]
-      <c r="D22" s="630"/>
+      <c r="B22" s="627"/>
+      <c r="C22" s="627"/>
+      <c r="D22" s="627"/>
       <c r="E22" s="33" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A23" s="16"/>
       <c r="G23" s="15"/>
     </row>
     <row r="24" spans="1:7" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="21"/>
-      <c r="B24" s="631" t="s">
+      <c r="B24" s="628" t="s">
         <v>36</v>
       </c>
-      <c r="C24" s="631"/>
-[...1 lines deleted...]
-      <c r="E24" s="632"/>
+      <c r="C24" s="628"/>
+      <c r="D24" s="628"/>
+      <c r="E24" s="629"/>
       <c r="F24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G24" s="17"/>
     </row>
     <row r="25" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="16"/>
       <c r="E25" s="15"/>
       <c r="F25" s="37" t="s">
         <v>34</v>
       </c>
       <c r="G25" s="38" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="59.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A26" s="14"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="13"/>
       <c r="F26" s="5"/>
       <c r="G26" s="13"/>
     </row>
   </sheetData>
@@ -18935,324 +18941,324 @@
     <mergeCell ref="B22:D22"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B8:E8"/>
   </mergeCells>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0" right="0" top="0.78740157480314965" bottom="0.19685039370078741" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <sheetPr codeName="Feuil8"/>
   <dimension ref="A1:G26"/>
   <sheetViews>
-    <sheetView topLeftCell="A7" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="7" max="7" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="28.5" x14ac:dyDescent="0.25">
-      <c r="A1" s="620" t="s">
+      <c r="A1" s="617" t="s">
         <v>146</v>
       </c>
-      <c r="B1" s="621"/>
-[...4 lines deleted...]
-      <c r="G1" s="621"/>
+      <c r="B1" s="618"/>
+      <c r="C1" s="618"/>
+      <c r="D1" s="618"/>
+      <c r="E1" s="618"/>
+      <c r="F1" s="618"/>
+      <c r="G1" s="618"/>
     </row>
     <row r="2" spans="1:7" ht="23.25" x14ac:dyDescent="0.25">
-      <c r="A2" s="622" t="s">
+      <c r="A2" s="619" t="s">
         <v>145</v>
       </c>
-      <c r="B2" s="621"/>
-[...4 lines deleted...]
-      <c r="G2" s="621"/>
+      <c r="B2" s="618"/>
+      <c r="C2" s="618"/>
+      <c r="D2" s="618"/>
+      <c r="E2" s="618"/>
+      <c r="F2" s="618"/>
+      <c r="G2" s="618"/>
     </row>
     <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
     </row>
     <row r="4" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A4" s="623" t="s">
+      <c r="A4" s="620" t="s">
         <v>157</v>
       </c>
-      <c r="B4" s="623"/>
-[...4 lines deleted...]
-      <c r="G4" s="623"/>
+      <c r="B4" s="620"/>
+      <c r="C4" s="620"/>
+      <c r="D4" s="620"/>
+      <c r="E4" s="620"/>
+      <c r="F4" s="620"/>
+      <c r="G4" s="620"/>
     </row>
     <row r="5" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
     <row r="6" spans="1:7" ht="23.25" x14ac:dyDescent="0.25">
       <c r="A6" s="21"/>
-      <c r="B6" s="624" t="s">
+      <c r="B6" s="621" t="s">
         <v>49</v>
       </c>
-      <c r="C6" s="624"/>
-[...2 lines deleted...]
-      <c r="F6" s="624"/>
+      <c r="C6" s="621"/>
+      <c r="D6" s="621"/>
+      <c r="E6" s="621"/>
+      <c r="F6" s="621"/>
       <c r="G6" s="20"/>
     </row>
     <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="16"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="15"/>
     </row>
     <row r="8" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B8" s="625" t="s">
+      <c r="B8" s="622" t="s">
         <v>337</v>
       </c>
-      <c r="C8" s="625"/>
-[...1 lines deleted...]
-      <c r="E8" s="625"/>
+      <c r="C8" s="622"/>
+      <c r="D8" s="622"/>
+      <c r="E8" s="622"/>
       <c r="F8" s="19" t="s">
         <v>25</v>
       </c>
       <c r="G8" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="34"/>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="15"/>
     </row>
     <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="34" t="s">
         <v>16</v>
       </c>
-      <c r="B10" s="619"/>
-      <c r="C10" s="619"/>
+      <c r="B10" s="616"/>
+      <c r="C10" s="616"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="31" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="34"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="32"/>
     </row>
     <row r="12" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A12" s="34" t="s">
         <v>6</v>
       </c>
-      <c r="B12" s="629"/>
-      <c r="C12" s="633"/>
+      <c r="B12" s="626"/>
+      <c r="C12" s="630"/>
       <c r="D12" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="E12" s="634"/>
-      <c r="F12" s="635"/>
+      <c r="E12" s="631"/>
+      <c r="F12" s="632"/>
       <c r="G12" s="35" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="34"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
       <c r="G13" s="35"/>
     </row>
     <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="34" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="2"/>
-      <c r="C14" s="636"/>
-[...1 lines deleted...]
-      <c r="E14" s="638"/>
+      <c r="C14" s="633"/>
+      <c r="D14" s="634"/>
+      <c r="E14" s="635"/>
       <c r="F14" s="1"/>
       <c r="G14" s="35" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A15" s="34"/>
       <c r="B15" s="1"/>
       <c r="C15" s="1"/>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
       <c r="G15" s="35"/>
     </row>
     <row r="16" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A16" s="34" t="s">
         <v>44</v>
       </c>
-      <c r="B16" s="626"/>
-[...3 lines deleted...]
-      <c r="F16" s="628"/>
+      <c r="B16" s="623"/>
+      <c r="C16" s="624"/>
+      <c r="D16" s="624"/>
+      <c r="E16" s="624"/>
+      <c r="F16" s="625"/>
       <c r="G16" s="35" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="17" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A17" s="34"/>
       <c r="B17" s="1"/>
       <c r="C17" s="1"/>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
       <c r="G17" s="35"/>
     </row>
     <row r="18" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A18" s="34" t="s">
         <v>42</v>
       </c>
       <c r="B18" s="8"/>
       <c r="C18" s="33" t="s">
         <v>5</v>
       </c>
-      <c r="D18" s="629"/>
-[...1 lines deleted...]
-      <c r="F18" s="629"/>
+      <c r="D18" s="626"/>
+      <c r="E18" s="626"/>
+      <c r="F18" s="626"/>
       <c r="G18" s="35" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="34"/>
       <c r="B19" s="1"/>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
       <c r="G19" s="35"/>
     </row>
     <row r="20" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A20" s="34" t="s">
         <v>10</v>
       </c>
-      <c r="B20" s="634"/>
-[...1 lines deleted...]
-      <c r="D20" s="635"/>
+      <c r="B20" s="631"/>
+      <c r="C20" s="636"/>
+      <c r="D20" s="632"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
       <c r="G20" s="35" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A21" s="34"/>
       <c r="B21" s="1"/>
       <c r="C21" s="1"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
       <c r="G21" s="35"/>
     </row>
     <row r="22" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A22" s="34" t="s">
         <v>39</v>
       </c>
-      <c r="B22" s="630"/>
-[...1 lines deleted...]
-      <c r="D22" s="630"/>
+      <c r="B22" s="627"/>
+      <c r="C22" s="627"/>
+      <c r="D22" s="627"/>
       <c r="E22" s="33" t="s">
         <v>38</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="36" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="23" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="16"/>
       <c r="B23" s="1"/>
       <c r="C23" s="1"/>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
       <c r="G23" s="15"/>
     </row>
     <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="21"/>
-      <c r="B24" s="631" t="s">
+      <c r="B24" s="628" t="s">
         <v>36</v>
       </c>
-      <c r="C24" s="631"/>
-[...1 lines deleted...]
-      <c r="E24" s="632"/>
+      <c r="C24" s="628"/>
+      <c r="D24" s="628"/>
+      <c r="E24" s="629"/>
       <c r="F24" s="2" t="s">
         <v>35</v>
       </c>
       <c r="G24" s="17"/>
     </row>
     <row r="25" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A25" s="16"/>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
       <c r="E25" s="15"/>
       <c r="F25" s="37" t="s">
         <v>34</v>
       </c>
       <c r="G25" s="38" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="14"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="13"/>
       <c r="F26" s="5"/>
@@ -19262,216 +19268,216 @@
   <mergeCells count="14">
     <mergeCell ref="B22:D22"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="E12:F12"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="B16:F16"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="B20:D20"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="A1:G1"/>
     <mergeCell ref="A2:G2"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B8:E8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <sheetPr codeName="Feuil18"/>
   <dimension ref="A1:K46"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageBreakPreview" topLeftCell="A11" zoomScale="60" workbookViewId="0">
-      <selection activeCell="C12" sqref="C12:E12"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B25" sqref="B25:C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.140625" style="1" customWidth="1"/>
     <col min="2" max="5" width="11.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="1.42578125" style="1" customWidth="1"/>
     <col min="7" max="8" width="11.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="20.28515625" style="1" customWidth="1"/>
     <col min="10" max="10" width="0.42578125" style="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="28.5" x14ac:dyDescent="0.2">
-      <c r="B1" s="620" t="s">
+      <c r="B1" s="617" t="s">
         <v>146</v>
       </c>
-      <c r="C1" s="621"/>
-[...6 lines deleted...]
-      <c r="J1" s="621"/>
+      <c r="C1" s="618"/>
+      <c r="D1" s="618"/>
+      <c r="E1" s="618"/>
+      <c r="F1" s="618"/>
+      <c r="G1" s="618"/>
+      <c r="H1" s="618"/>
+      <c r="I1" s="618"/>
+      <c r="J1" s="618"/>
     </row>
     <row r="2" spans="2:11" ht="23.25" x14ac:dyDescent="0.2">
-      <c r="B2" s="622" t="s">
+      <c r="B2" s="619" t="s">
         <v>145</v>
       </c>
-      <c r="C2" s="621"/>
-[...6 lines deleted...]
-      <c r="J2" s="621"/>
+      <c r="C2" s="618"/>
+      <c r="D2" s="618"/>
+      <c r="E2" s="618"/>
+      <c r="F2" s="618"/>
+      <c r="G2" s="618"/>
+      <c r="H2" s="618"/>
+      <c r="I2" s="618"/>
+      <c r="J2" s="618"/>
     </row>
     <row r="3" spans="2:11" ht="27.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="4" spans="2:11" ht="30" x14ac:dyDescent="0.2">
-      <c r="B4" s="643" t="s">
+      <c r="B4" s="640" t="s">
         <v>50</v>
       </c>
-      <c r="C4" s="643"/>
-[...6 lines deleted...]
-      <c r="J4" s="643"/>
+      <c r="C4" s="640"/>
+      <c r="D4" s="640"/>
+      <c r="E4" s="640"/>
+      <c r="F4" s="640"/>
+      <c r="G4" s="640"/>
+      <c r="H4" s="640"/>
+      <c r="I4" s="640"/>
+      <c r="J4" s="640"/>
     </row>
     <row r="5" spans="2:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="2:11" ht="32.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B6" s="644" t="s">
+      <c r="B6" s="641" t="s">
         <v>51</v>
       </c>
-      <c r="C6" s="644"/>
-[...1 lines deleted...]
-      <c r="E6" s="644"/>
+      <c r="C6" s="641"/>
+      <c r="D6" s="641"/>
+      <c r="E6" s="641"/>
       <c r="F6" s="2"/>
-      <c r="G6" s="645" t="s">
+      <c r="G6" s="642" t="s">
         <v>52</v>
       </c>
-      <c r="H6" s="645"/>
-[...1 lines deleted...]
-      <c r="J6" s="645"/>
+      <c r="H6" s="642"/>
+      <c r="I6" s="642"/>
+      <c r="J6" s="642"/>
     </row>
     <row r="7" spans="2:11" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B7" s="16"/>
       <c r="E7" s="15"/>
       <c r="G7" s="16"/>
       <c r="J7" s="15"/>
     </row>
     <row r="8" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B8" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="C8" s="619"/>
-      <c r="D8" s="619"/>
+      <c r="C8" s="616"/>
+      <c r="D8" s="616"/>
       <c r="E8" s="15"/>
       <c r="G8" s="16" t="s">
         <v>16</v>
       </c>
-      <c r="H8" s="619"/>
-      <c r="I8" s="619"/>
+      <c r="H8" s="616"/>
+      <c r="I8" s="616"/>
       <c r="J8" s="15"/>
     </row>
     <row r="9" spans="2:11" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B9" s="16"/>
       <c r="E9" s="15"/>
       <c r="G9" s="16"/>
       <c r="J9" s="15"/>
     </row>
     <row r="10" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B10" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="C10" s="641"/>
-[...1 lines deleted...]
-      <c r="E10" s="641"/>
+      <c r="C10" s="638"/>
+      <c r="D10" s="638"/>
+      <c r="E10" s="638"/>
       <c r="F10" s="2"/>
       <c r="G10" s="16" t="s">
         <v>6</v>
       </c>
-      <c r="H10" s="641"/>
-[...1 lines deleted...]
-      <c r="J10" s="641"/>
+      <c r="H10" s="638"/>
+      <c r="I10" s="638"/>
+      <c r="J10" s="638"/>
       <c r="K10" s="2"/>
     </row>
     <row r="11" spans="2:11" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B11" s="16"/>
       <c r="E11" s="15"/>
       <c r="G11" s="16"/>
       <c r="J11" s="15"/>
     </row>
     <row r="12" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="C12" s="641"/>
-[...1 lines deleted...]
-      <c r="E12" s="641"/>
+      <c r="C12" s="638"/>
+      <c r="D12" s="638"/>
+      <c r="E12" s="638"/>
       <c r="G12" s="16" t="s">
         <v>15</v>
       </c>
-      <c r="H12" s="629"/>
-      <c r="I12" s="629"/>
+      <c r="H12" s="626"/>
+      <c r="I12" s="626"/>
       <c r="J12" s="22"/>
     </row>
     <row r="13" spans="2:11" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B13" s="16"/>
       <c r="E13" s="15"/>
       <c r="G13" s="16"/>
       <c r="J13" s="15"/>
     </row>
     <row r="14" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="16" t="s">
         <v>53</v>
       </c>
-      <c r="C14" s="630"/>
-      <c r="D14" s="630"/>
+      <c r="C14" s="627"/>
+      <c r="D14" s="627"/>
       <c r="E14" s="15"/>
       <c r="G14" s="16" t="s">
         <v>53</v>
       </c>
       <c r="H14" s="7"/>
       <c r="I14" s="6"/>
       <c r="J14" s="15"/>
     </row>
     <row r="15" spans="2:11" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="16"/>
       <c r="E15" s="15"/>
       <c r="G15" s="16"/>
       <c r="J15" s="15"/>
     </row>
     <row r="16" spans="2:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="C16" s="641"/>
-[...1 lines deleted...]
-      <c r="E16" s="641"/>
+      <c r="C16" s="638"/>
+      <c r="D16" s="638"/>
+      <c r="E16" s="638"/>
       <c r="G16" s="16" t="s">
         <v>2</v>
       </c>
       <c r="H16" s="7"/>
       <c r="I16" s="23"/>
       <c r="J16" s="22"/>
     </row>
     <row r="17" spans="1:11" ht="8.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="16"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="24"/>
       <c r="F17" s="4"/>
       <c r="G17" s="16"/>
       <c r="H17" s="4"/>
       <c r="I17" s="4"/>
       <c r="J17" s="24"/>
       <c r="K17" s="4"/>
     </row>
     <row r="18" spans="1:11" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8"/>
       <c r="E18" s="15"/>
@@ -19520,126 +19526,126 @@
       <c r="H22" s="7"/>
       <c r="I22" s="6"/>
       <c r="J22" s="15"/>
     </row>
     <row r="23" spans="1:11" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B23" s="14"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="13"/>
       <c r="G23" s="14"/>
       <c r="H23" s="5"/>
       <c r="I23" s="5"/>
       <c r="J23" s="13"/>
     </row>
     <row r="24" spans="1:11" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="25"/>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="2"/>
       <c r="F24" s="2"/>
       <c r="G24" s="2"/>
       <c r="H24" s="2"/>
     </row>
     <row r="25" spans="1:11" ht="21" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A25" s="3"/>
-      <c r="B25" s="640" t="s">
+      <c r="B25" s="637" t="s">
         <v>54</v>
       </c>
-      <c r="C25" s="640"/>
+      <c r="C25" s="637"/>
       <c r="D25" s="253" t="s">
         <v>222</v>
       </c>
       <c r="E25" s="2"/>
       <c r="F25" s="26"/>
-      <c r="G25" s="642" t="s">
+      <c r="G25" s="639" t="s">
         <v>55</v>
       </c>
-      <c r="H25" s="642"/>
-      <c r="I25" s="648" t="s">
+      <c r="H25" s="639"/>
+      <c r="I25" s="645" t="s">
         <v>56</v>
       </c>
-      <c r="J25" s="648"/>
+      <c r="J25" s="645"/>
     </row>
     <row r="26" spans="1:11" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="646" t="s">
+      <c r="A26" s="643" t="s">
         <v>57</v>
       </c>
-      <c r="B26" s="646"/>
-[...7 lines deleted...]
-      <c r="J26" s="646"/>
+      <c r="B26" s="643"/>
+      <c r="C26" s="643"/>
+      <c r="D26" s="643"/>
+      <c r="E26" s="643"/>
+      <c r="F26" s="643"/>
+      <c r="G26" s="643"/>
+      <c r="H26" s="643"/>
+      <c r="I26" s="643"/>
+      <c r="J26" s="643"/>
     </row>
     <row r="27" spans="1:11" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="27"/>
       <c r="C27" s="28"/>
       <c r="D27" s="28"/>
       <c r="E27" s="28"/>
       <c r="F27" s="28"/>
       <c r="G27" s="28"/>
       <c r="H27" s="28"/>
       <c r="I27" s="28"/>
     </row>
     <row r="28" spans="1:11" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="29" t="s">
         <v>58</v>
       </c>
-      <c r="C28" s="630"/>
-      <c r="D28" s="630"/>
+      <c r="C28" s="627"/>
+      <c r="D28" s="627"/>
       <c r="E28" s="28"/>
       <c r="F28" s="28"/>
       <c r="G28" s="29" t="s">
         <v>34</v>
       </c>
       <c r="H28" s="2" t="s">
         <v>74</v>
       </c>
       <c r="I28" s="2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B29" s="2"/>
       <c r="C29" s="2"/>
       <c r="D29" s="2"/>
       <c r="E29" s="2"/>
       <c r="F29" s="2"/>
       <c r="G29" s="2"/>
       <c r="H29" s="2"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="B30" s="647" t="s">
+      <c r="B30" s="644" t="s">
         <v>227</v>
       </c>
-      <c r="C30" s="647"/>
-[...1 lines deleted...]
-      <c r="E30" s="647"/>
+      <c r="C30" s="644"/>
+      <c r="D30" s="644"/>
+      <c r="E30" s="644"/>
       <c r="F30" s="2"/>
       <c r="G30" s="2"/>
       <c r="H30" s="2"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B31" s="2"/>
       <c r="C31" s="2"/>
       <c r="D31" s="2"/>
       <c r="E31" s="2"/>
       <c r="F31" s="2"/>
       <c r="G31" s="2"/>
       <c r="H31" s="2"/>
     </row>
     <row r="43" ht="9.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="44" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="45" hidden="1" x14ac:dyDescent="0.2"/>
     <row r="46" hidden="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="19">
     <mergeCell ref="A26:J26"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="B30:E30"/>
     <mergeCell ref="C16:E16"/>
     <mergeCell ref="I25:J25"/>
@@ -23739,52 +23745,52 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{48CCB7D1-E328-47D0-A54B-2B576158FD4D}">
   <sheetPr codeName="Feuil5"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J15" sqref="J15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData/>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <pageMargins left="0" right="0" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <sheetPr codeName="Feuil6">
     <tabColor rgb="FF92D050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:S360"/>
   <sheetViews>
-    <sheetView showGridLines="0" showZeros="0" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="110" workbookViewId="0">
-      <selection activeCell="G42" sqref="G42:I43"/>
+    <sheetView showGridLines="0" showZeros="0" topLeftCell="A2" zoomScale="90" zoomScaleNormal="90" zoomScaleSheetLayoutView="110" workbookViewId="0">
+      <selection activeCell="O5" sqref="O5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3.42578125" style="255" customWidth="1"/>
     <col min="2" max="2" width="13.7109375" style="255" customWidth="1"/>
     <col min="3" max="3" width="16.140625" style="255" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="255"/>
     <col min="5" max="5" width="14.5703125" style="255" customWidth="1"/>
     <col min="6" max="6" width="19" style="255" customWidth="1"/>
     <col min="7" max="7" width="11.42578125" style="255"/>
     <col min="8" max="8" width="12.140625" style="255" customWidth="1"/>
     <col min="9" max="9" width="15.7109375" style="255" customWidth="1"/>
     <col min="10" max="11" width="11.42578125" style="255" hidden="1" customWidth="1"/>
     <col min="12" max="12" width="3" style="255" customWidth="1"/>
     <col min="13" max="13" width="22.7109375" style="255" customWidth="1"/>
     <col min="14" max="14" width="0.85546875" style="255" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="29.28515625" style="255" customWidth="1"/>
     <col min="16" max="16" width="25.7109375" style="255" customWidth="1"/>
     <col min="17" max="18" width="11.42578125" style="255"/>
     <col min="19" max="19" width="0" style="255" hidden="1" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="255"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:19" ht="27.75" x14ac:dyDescent="0.25">
@@ -25943,51 +25949,51 @@
     <row r="355" spans="10:11" s="256" customFormat="1" x14ac:dyDescent="0.25">
       <c r="J355" s="257"/>
       <c r="K355" s="257"/>
     </row>
     <row r="356" spans="10:11" s="256" customFormat="1" x14ac:dyDescent="0.25">
       <c r="J356" s="257"/>
       <c r="K356" s="257"/>
     </row>
     <row r="357" spans="10:11" s="256" customFormat="1" x14ac:dyDescent="0.25">
       <c r="J357" s="257"/>
       <c r="K357" s="257"/>
     </row>
     <row r="358" spans="10:11" s="256" customFormat="1" x14ac:dyDescent="0.25">
       <c r="J358" s="257"/>
       <c r="K358" s="257"/>
     </row>
     <row r="359" spans="10:11" s="256" customFormat="1" x14ac:dyDescent="0.25">
       <c r="J359" s="257"/>
       <c r="K359" s="257"/>
     </row>
     <row r="360" spans="10:11" s="256" customFormat="1" x14ac:dyDescent="0.25">
       <c r="J360" s="257"/>
       <c r="K360" s="257"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ntrqHLHbjNQgaB7hfL2ioGmK+iPiLZ9qNpMHZ8LGlLTbLLaE+OuvIsh6C4Y7B+SaigEv1HYJefMFIgnMmoMtpw==" saltValue="OVrYQNlVEmhcj2vglhN/4g==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <mergeCells count="47">
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="C3:G3"/>
     <mergeCell ref="D5:F5"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="B7:I7"/>
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:I9"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="F10:I10"/>
     <mergeCell ref="B11:D11"/>
     <mergeCell ref="E11:H11"/>
     <mergeCell ref="B12:I12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="D13:I13"/>
     <mergeCell ref="B14:F14"/>
     <mergeCell ref="G14:I14"/>
     <mergeCell ref="B15:H15"/>
     <mergeCell ref="D16:G16"/>
     <mergeCell ref="D17:F17"/>
     <mergeCell ref="D18:F18"/>
     <mergeCell ref="C19:I19"/>
     <mergeCell ref="B20:I21"/>