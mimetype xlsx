--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,256 +1,256 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.ms-excel.sheet.macroEnabled.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pétanque\Downloads\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pétanque\Documents\Concours\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AAA132D-C426-4523-8DB7-F73128FC6203}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BDA25005-901E-4DE7-A70B-50C265971308}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{CCFADF82-8D7B-4FD9-ABD6-3A455B8AE27B}"/>
   </bookViews>
   <sheets>
     <sheet name="6P" sheetId="2" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xleta.IF" hidden="1" xlm="1">#NAME?</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="J7" i="2" l="1"/>
-  <c r="Y46" i="2"/>
-[...5 lines deleted...]
-  <c r="R71" i="2"/>
+  <c r="Y48" i="2"/>
+  <c r="X53" i="2" s="1"/>
+  <c r="O32" i="2"/>
+  <c r="X79" i="2"/>
+  <c r="V79" i="2"/>
+  <c r="T79" i="2"/>
+  <c r="R73" i="2"/>
   <c r="Y6" i="2"/>
-  <c r="O34" i="2" l="1"/>
-[...6 lines deleted...]
-  <c r="W57" i="2"/>
+  <c r="O35" i="2" l="1"/>
+  <c r="O37" i="2" s="1"/>
+  <c r="Z53" i="2"/>
+  <c r="AA59" i="2" s="1"/>
+  <c r="AB64" i="2" s="1"/>
+  <c r="AC69" i="2" s="1"/>
+  <c r="AC72" i="2" s="1"/>
+  <c r="W59" i="2"/>
   <c r="O6" i="2"/>
-  <c r="R31" i="2"/>
+  <c r="R32" i="2"/>
   <c r="X11" i="2"/>
-  <c r="W17" i="2" s="1"/>
-[...8 lines deleted...]
-  <c r="AE80" i="2" s="1"/>
+  <c r="W18" i="2" s="1"/>
+  <c r="AD74" i="2" l="1"/>
+  <c r="AD77" i="2" s="1"/>
+  <c r="Y59" i="2"/>
+  <c r="Z64" i="2" s="1"/>
+  <c r="AA69" i="2" s="1"/>
+  <c r="AA72" i="2" s="1"/>
+  <c r="V64" i="2"/>
   <c r="O9" i="2"/>
   <c r="Z11" i="2"/>
-  <c r="AA17" i="2" l="1"/>
-[...9 lines deleted...]
-  <c r="U67" i="2"/>
+  <c r="AE79" i="2" l="1"/>
+  <c r="AE82" i="2" s="1"/>
+  <c r="AA18" i="2"/>
+  <c r="AB23" i="2" s="1"/>
+  <c r="AC28" i="2" s="1"/>
+  <c r="AB74" i="2"/>
+  <c r="AB77" i="2" s="1"/>
+  <c r="X64" i="2"/>
+  <c r="Y69" i="2" s="1"/>
+  <c r="Y72" i="2" s="1"/>
+  <c r="D43" i="2" s="1"/>
+  <c r="F43" i="2" s="1"/>
+  <c r="U69" i="2"/>
   <c r="O11" i="2"/>
-  <c r="AH28" i="2" s="1"/>
-[...35 lines deleted...]
-  <c r="T75" i="2"/>
+  <c r="AH29" i="2" s="1"/>
+  <c r="Y18" i="2"/>
+  <c r="Z23" i="2" s="1"/>
+  <c r="V23" i="2"/>
+  <c r="AD33" i="2" l="1"/>
+  <c r="AE38" i="2" s="1"/>
+  <c r="AE42" i="2" s="1"/>
+  <c r="AC31" i="2"/>
+  <c r="AA28" i="2"/>
+  <c r="AB33" i="2" s="1"/>
+  <c r="AC79" i="2"/>
+  <c r="AC82" i="2" s="1"/>
+  <c r="Z74" i="2"/>
+  <c r="AA79" i="2" s="1"/>
+  <c r="AA82" i="2" s="1"/>
+  <c r="V38" i="2"/>
+  <c r="W69" i="2"/>
+  <c r="X74" i="2" s="1"/>
+  <c r="T74" i="2"/>
+  <c r="U72" i="2"/>
+  <c r="D47" i="2" s="1"/>
+  <c r="F47" i="2" s="1"/>
+  <c r="X38" i="2"/>
+  <c r="T38" i="2"/>
+  <c r="U28" i="2"/>
+  <c r="U31" i="2" s="1"/>
+  <c r="D21" i="2" s="1"/>
+  <c r="F21" i="2" s="1"/>
+  <c r="X23" i="2"/>
+  <c r="Y28" i="2" s="1"/>
+  <c r="AD36" i="2" l="1"/>
+  <c r="AA31" i="2"/>
+  <c r="Z77" i="2"/>
+  <c r="V74" i="2"/>
+  <c r="R77" i="2" s="1"/>
+  <c r="W72" i="2"/>
+  <c r="T77" i="2"/>
+  <c r="I47" i="2" s="1"/>
+  <c r="K47" i="2" s="1"/>
+  <c r="S79" i="2"/>
+  <c r="Y79" i="2"/>
+  <c r="Y82" i="2" s="1"/>
+  <c r="X77" i="2"/>
+  <c r="I43" i="2" s="1"/>
+  <c r="K43" i="2" s="1"/>
+  <c r="AB36" i="2"/>
+  <c r="AC38" i="2"/>
+  <c r="AC42" i="2" s="1"/>
+  <c r="Z33" i="2"/>
+  <c r="Y31" i="2"/>
+  <c r="D17" i="2" s="1"/>
+  <c r="F17" i="2" s="1"/>
+  <c r="T33" i="2"/>
+  <c r="W28" i="2"/>
+  <c r="U79" i="2" l="1"/>
+  <c r="U82" i="2" s="1"/>
+  <c r="N47" i="2" s="1"/>
+  <c r="P47" i="2" s="1"/>
+  <c r="W79" i="2"/>
+  <c r="W82" i="2" s="1"/>
+  <c r="N45" i="2" s="1"/>
+  <c r="P45" i="2" s="1"/>
+  <c r="V77" i="2"/>
   <c r="I45" i="2" s="1"/>
   <c r="K45" i="2" s="1"/>
-  <c r="S77" i="2"/>
-[...20 lines deleted...]
-  <c r="N43" i="2" s="1"/>
+  <c r="K50" i="2" s="1"/>
+  <c r="R72" i="2"/>
+  <c r="D45" i="2"/>
+  <c r="F45" i="2" s="1"/>
+  <c r="F50" i="2" s="1"/>
+  <c r="N43" i="2"/>
   <c r="P43" i="2" s="1"/>
-  <c r="V75" i="2"/>
-[...55 lines deleted...]
-  <c r="AJ34" i="2" s="1"/>
+  <c r="S82" i="2"/>
+  <c r="N49" i="2" s="1"/>
+  <c r="P49" i="2" s="1"/>
+  <c r="Z36" i="2"/>
+  <c r="AA38" i="2"/>
+  <c r="AA42" i="2" s="1"/>
+  <c r="T36" i="2"/>
+  <c r="I21" i="2" s="1"/>
+  <c r="S38" i="2"/>
+  <c r="X33" i="2"/>
+  <c r="W31" i="2"/>
+  <c r="V33" i="2"/>
+  <c r="R82" i="2" l="1"/>
+  <c r="P52" i="2"/>
+  <c r="R31" i="2"/>
+  <c r="D19" i="2"/>
+  <c r="F19" i="2" s="1"/>
+  <c r="F24" i="2" s="1"/>
+  <c r="AH35" i="2" s="1"/>
+  <c r="R36" i="2"/>
+  <c r="S42" i="2"/>
+  <c r="N23" i="2" s="1"/>
+  <c r="X36" i="2"/>
+  <c r="I17" i="2" s="1"/>
+  <c r="Y38" i="2"/>
+  <c r="Y42" i="2" s="1"/>
+  <c r="N17" i="2" s="1"/>
+  <c r="K21" i="2"/>
+  <c r="V36" i="2"/>
+  <c r="I19" i="2" s="1"/>
+  <c r="W38" i="2"/>
+  <c r="U38" i="2"/>
+  <c r="U42" i="2" s="1"/>
+  <c r="N21" i="2" s="1"/>
+  <c r="R42" i="2" l="1"/>
+  <c r="W42" i="2"/>
+  <c r="N19" i="2" s="1"/>
+  <c r="K19" i="2"/>
+  <c r="P17" i="2"/>
+  <c r="K17" i="2"/>
+  <c r="K24" i="2" l="1"/>
+  <c r="AI35" i="2" s="1"/>
+  <c r="P19" i="2"/>
+  <c r="P21" i="2"/>
+  <c r="P23" i="2"/>
+  <c r="P26" i="2" l="1"/>
+  <c r="AJ35" i="2" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="67">
   <si>
     <t>1ère partie</t>
   </si>
   <si>
     <t>2ème Partie</t>
   </si>
   <si>
     <t>3ème Partie</t>
   </si>
   <si>
     <t>1G</t>
   </si>
   <si>
     <t>2G</t>
   </si>
   <si>
     <t>1G-1P</t>
   </si>
   <si>
     <t>2P</t>
   </si>
   <si>
     <t>1P</t>
   </si>
   <si>
@@ -396,50 +396,62 @@
   </si>
   <si>
     <t>Total des indemnités (Masc.+Fém.)</t>
   </si>
   <si>
     <t>Tri</t>
   </si>
   <si>
     <t>Concours en 4 Parties</t>
   </si>
   <si>
     <t>2 parties gagnées</t>
   </si>
   <si>
     <t>4 Parties</t>
   </si>
   <si>
     <t>5 Parties</t>
   </si>
   <si>
     <t>6 Parties</t>
   </si>
   <si>
     <t>T àT</t>
   </si>
+  <si>
+    <t>Concours en :</t>
+  </si>
+  <si>
+    <t>4 parties</t>
+  </si>
+  <si>
+    <t>5 parties</t>
+  </si>
+  <si>
+    <t>6 parties</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00\ &quot;€&quot;"/>
     <numFmt numFmtId="165" formatCode="#,##0\ &quot;€&quot;"/>
   </numFmts>
   <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -514,51 +526,51 @@
     <font>
       <b/>
       <sz val="18"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="24"/>
       <color rgb="FFFF0000"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="13">
+  <fills count="14">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.749992370372631"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -584,50 +596,56 @@
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="0.89999084444715716"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="5" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0" tint="-0.14996795556505021"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
@@ -784,51 +802,51 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="79">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -888,150 +906,382 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="12" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="13" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="7" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="12" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="12" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="12" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="7" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...16 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="12">
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color theme="2" tint="-9.9948118533890809E-2"/>
+      </font>
+      <fill>
+        <patternFill>
+          <fgColor theme="2" tint="-9.9917600024414813E-2"/>
+          <bgColor theme="0" tint="-0.14996795556505021"/>
+        </patternFill>
+      </fill>
+      <border>
+        <left/>
+        <right/>
+        <top/>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFCC00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
@@ -1127,51 +1377,51 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="4" name="Connecteur droit avec flèche 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41586F38-40A5-42E4-8FD5-0877F8C5E2BF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="5095875" y="2076450"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
@@ -1180,51 +1430,51 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>449035</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="5" name="Connecteur droit avec flèche 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6790EC0-FA63-4E8A-80A2-1A3793687D07}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="14409964" y="2209800"/>
           <a:ext cx="617765" cy="1355271"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
@@ -1233,51 +1483,51 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>447675</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
-      <xdr:row>16</xdr:row>
+      <xdr:row>17</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="6" name="Connecteur droit avec flèche 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{497F8CAC-12C7-4414-8D89-1234DAA1387B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5943600" y="2066925"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
@@ -1286,1959 +1536,1959 @@
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>367392</xdr:colOff>
-      <xdr:row>15</xdr:row>
+      <xdr:row>16</xdr:row>
       <xdr:rowOff>285750</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="7" name="Connecteur droit avec flèche 6">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5864B40B-F09D-4965-A3DF-9CF5D8FBF015}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15208704" y="2190750"/>
           <a:ext cx="643617" cy="1319893"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="8" name="Connecteur droit avec flèche 7">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F10F5D7-2679-4F90-90AC-5C6D3C437183}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="4333875" y="3028950"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="9" name="Connecteur droit avec flèche 8">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BDE89F1-7A7C-4A77-887E-6429A08E60CD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="5867400" y="3019425"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
-      <xdr:row>20</xdr:row>
+      <xdr:row>21</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="10" name="Connecteur droit avec flèche 9">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FCC20ED-30BB-4392-AE54-54FB0ACF028C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="7410450" y="3019425"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>466725</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="11" name="Connecteur droit avec flèche 10">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6101006C-CF4C-4B58-9F08-41DACB404B6C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5200650" y="3028950"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>523875</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="12" name="Connecteur droit avec flèche 11">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{515CB1CC-10E9-4F54-BBAD-FA12D9FE2EEC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6781800" y="3019425"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
-      <xdr:row>17</xdr:row>
+      <xdr:row>18</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="13" name="Connecteur droit avec flèche 12">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B73C156-E3FC-4AC2-9BD1-FBD931FD77AD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8258175" y="3019425"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>508000</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>422275</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="14" name="Connecteur droit avec flèche 13">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA8B2EDE-F67F-4E62-A56C-A329821E0FCF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9051925" y="3952875"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>539750</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>10584</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>454025</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>1059</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="15" name="Connecteur droit avec flèche 14">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7557C711-133E-4AD6-8358-F9FDEF246B70}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7559675" y="3963459"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>508000</xdr:colOff>
-      <xdr:row>21</xdr:row>
+      <xdr:row>22</xdr:row>
       <xdr:rowOff>190499</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>422275</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>180974</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="16" name="Connecteur droit avec flèche 15">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCB394F9-8346-46B2-9027-C26A3A371AD2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6003925" y="3952874"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>444500</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>10583</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>358775</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>1058</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="17" name="Connecteur droit avec flèche 16">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B16DEFF-07B4-463C-9038-6D2E6B175B45}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4416425" y="3963458"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>359834</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>21167</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>264584</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>183092</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="18" name="Connecteur droit avec flèche 17">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AFDAFDE-DE93-4123-914A-338EDC930DCA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="3388784" y="3974042"/>
           <a:ext cx="847725" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>359834</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>42334</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>264584</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>13759</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="19" name="Connecteur droit avec flèche 18">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{071D8763-7A7F-4360-9D35-17353D9BF375}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="5093759" y="3995209"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>21167</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>183092</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="20" name="Connecteur droit avec flèche 19">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC649D6F-E931-4524-AA00-F0F4362FE093}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="6638925" y="3974042"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>423334</xdr:colOff>
-      <xdr:row>22</xdr:row>
+      <xdr:row>23</xdr:row>
       <xdr:rowOff>10583</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>328084</xdr:colOff>
-      <xdr:row>25</xdr:row>
+      <xdr:row>26</xdr:row>
       <xdr:rowOff>172508</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="21" name="Connecteur droit avec flèche 20">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CCB1ADD-81B5-4A47-9CD9-35E697B2887A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="8205259" y="3963458"/>
           <a:ext cx="666750" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>312965</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>13608</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>394608</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>175533</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="22" name="Connecteur droit avec flèche 21">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC5674C7-EA6C-43B9-B91E-022FC99CB9BB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="2449286" y="4925787"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>408215</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>27215</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>299357</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>163285</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="23" name="Connecteur droit avec flèche 22">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAAB41C5-A073-405B-B643-0FDCAE004316}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="5578929" y="4939394"/>
           <a:ext cx="653142" cy="707570"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>244928</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>326571</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="24" name="Connecteur droit avec flèche 23">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{700FF26F-8A46-49A6-B574-18F3282280F0}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="5606142" y="4925786"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>244928</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>13608</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>326571</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>175533</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="25" name="Connecteur droit avec flèche 24">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0792B1C-B882-4C79-BE18-DD4EFC79CF21}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="7130142" y="4925787"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>244929</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>326572</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="26" name="Connecteur droit avec flèche 25">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E17BD74D-7C5B-41F7-9F97-863CB184BCDD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="8654143" y="4925786"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>394607</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>299357</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>189139</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="28" name="Connecteur droit avec flèche 27">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78EDB26D-26D9-4AA8-98A5-5FB6F3E5EFE2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="3292928" y="5891893"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>272143</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>353786</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="29" name="Connecteur droit avec flèche 28">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13AB4E46-18DA-4423-B5DC-C822F9111F91}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="6395357" y="5878286"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>272142</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>353785</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="30" name="Connecteur droit avec flèche 29">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D134426D-954E-4D88-9C0B-6415E572155B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="4871356" y="5878286"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>272143</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>312965</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>189139</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="32" name="Connecteur droit avec flèche 31">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F57AAE6A-FEF1-49F0-8D08-ACC04D8C6455}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="1605643" y="5891893"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>258535</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>29</xdr:col>
       <xdr:colOff>340178</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="34" name="Connecteur droit avec flèche 33">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60210927-8B33-4F79-9A55-67F12B27A58A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="9429749" y="5878286"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>217715</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>27215</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>299358</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>189140</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="35" name="Connecteur droit avec flèche 34">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D606EA30-566A-431D-A1D9-8BD5935FFEED}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="7864929" y="5891894"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>29</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>4082</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="36" name="Connecteur droit avec flèche 35">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F958DA3-EE42-49C7-A662-0D108722EE5D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="9742714" y="4925786"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>462643</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>376918</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="37" name="Connecteur droit avec flèche 36">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{412C7D8B-78B7-48F7-A1EB-D89711FF2F1E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2598964" y="5864679"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>367393</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>281668</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="39" name="Connecteur droit avec flèche 38">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3D6EBBC-32C5-4930-82DA-B78C9C02E6D5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="4204607" y="5864679"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>176893</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>167368</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="40" name="Connecteur droit avec flèche 39">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2ECBD722-0F99-4020-957A-3FB6BB93714F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5742214" y="5851072"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>340179</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>254454</xdr:colOff>
-      <xdr:row>36</xdr:row>
+      <xdr:row>37</xdr:row>
       <xdr:rowOff>4082</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="42" name="Connecteur droit avec flèche 41">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{791D8AC1-1FA3-441A-9668-CBB042B2484D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="7225393" y="5878286"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>353786</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>268061</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="43" name="Connecteur droit avec flèche 42">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD9EA6D7-5167-46EB-9CC1-E34F6420A789}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8763000" y="5864679"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>29</xdr:col>
       <xdr:colOff>598714</xdr:colOff>
-      <xdr:row>32</xdr:row>
+      <xdr:row>33</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>30</xdr:col>
       <xdr:colOff>340178</xdr:colOff>
-      <xdr:row>35</xdr:row>
+      <xdr:row>36</xdr:row>
       <xdr:rowOff>153760</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="44" name="Connecteur droit avec flèche 43">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1164BB74-D6BE-4DC1-A429-8DD59C60ECAA}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19825607" y="7674428"/>
           <a:ext cx="503464" cy="698046"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>367393</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>281668</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>17689</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="46" name="Connecteur droit avec flèche 45">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2D5A334-7F43-4216-B4C3-602016EAA874}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="8014607" y="4939393"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>421821</xdr:colOff>
-      <xdr:row>26</xdr:row>
+      <xdr:row>27</xdr:row>
       <xdr:rowOff>176893</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>336096</xdr:colOff>
-      <xdr:row>30</xdr:row>
+      <xdr:row>31</xdr:row>
       <xdr:rowOff>167368</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="48" name="Connecteur droit avec flèche 47">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7910EA49-A3E8-4F0E-AC6C-33C50157780F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="6545035" y="4898572"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>462643</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>40822</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>376918</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>31297</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="50" name="Connecteur droit avec flèche 49">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68BA3FF0-00D5-4D68-A3E0-0C206ABBED3A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="5061857" y="4953001"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
-      <xdr:row>27</xdr:row>
+      <xdr:row>28</xdr:row>
       <xdr:rowOff>27215</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>308882</xdr:colOff>
-      <xdr:row>31</xdr:row>
+      <xdr:row>32</xdr:row>
       <xdr:rowOff>17690</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="51" name="Connecteur droit avec flèche 50">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A7B19E3D-1C2D-4C65-87DB-A5F809630C7F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3469821" y="4939394"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
@@ -3451,2285 +3701,2285 @@
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>14</xdr:col>
-[...4 lines deleted...]
-    <xdr:to>
       <xdr:col>32</xdr:col>
-      <xdr:colOff>707570</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>190500</xdr:rowOff>
+      <xdr:colOff>326572</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>122465</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>32</xdr:col>
+      <xdr:colOff>721179</xdr:colOff>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>136072</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="64" name="Connecteur droit avec flèche 63">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD77829F-381B-4222-ADC6-72F782FA7987}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
-        <a:xfrm flipH="1" flipV="1">
-[...1 lines deleted...]
-          <a:ext cx="2177142" cy="95250"/>
+        <a:xfrm flipH="1">
+          <a:off x="13117286" y="4925786"/>
+          <a:ext cx="394607" cy="13607"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>386292</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>16933</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>291042</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>51</xdr:row>
       <xdr:rowOff>178858</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="33" name="Connecteur droit avec flèche 32">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC305F45-24CE-4A48-B4F6-DB945C282934}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="15041185" y="1554540"/>
           <a:ext cx="666750" cy="828675"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>48</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>400050</xdr:colOff>
-      <xdr:row>50</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="38" name="Connecteur droit avec flèche 37">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1B5D1-D257-4ABA-B421-252C178044F5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15902668" y="1547132"/>
           <a:ext cx="676275" cy="861332"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="41" name="Connecteur droit avec flèche 40">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC0B7452-E3BF-4357-B725-02D08983EE4C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="14254843" y="2750004"/>
           <a:ext cx="666750" cy="1345746"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>449035</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>304800</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="45" name="Connecteur droit avec flèche 44">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F896F509-737C-4F18-B550-D617223CE4C5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="15865928" y="2740479"/>
           <a:ext cx="617765" cy="1355271"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>447675</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
-      <xdr:row>56</xdr:row>
+      <xdr:row>58</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="49" name="Connecteur droit avec flèche 48">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82554E21-6774-412F-B11C-5A41CE8466AC}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15102568" y="2740479"/>
           <a:ext cx="676275" cy="1364796"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
-      <xdr:row>51</xdr:row>
+      <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>367392</xdr:colOff>
-      <xdr:row>55</xdr:row>
+      <xdr:row>57</xdr:row>
       <xdr:rowOff>285750</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="52" name="Connecteur droit avec flèche 51">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F4C1964-7F4A-40A0-891A-8114043E74D1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="16664668" y="2721429"/>
           <a:ext cx="643617" cy="1319892"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>361950</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>266700</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="54" name="Connecteur droit avec flèche 53">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B48E02-59A7-4398-B178-6DDE32C836C8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="13492843" y="4369254"/>
           <a:ext cx="666750" cy="1128032"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>371475</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>276225</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="55" name="Connecteur droit avec flèche 54">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E9C1EBF-B72F-48C1-87D7-887251D54FA4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="15026368" y="4359729"/>
           <a:ext cx="666750" cy="1073603"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
-      <xdr:row>60</xdr:row>
+      <xdr:row>62</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="56" name="Connecteur droit avec flèche 55">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1B083E0-3EC1-43B7-99E8-A2887B3D73A2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="16569418" y="4359729"/>
           <a:ext cx="666750" cy="1073603"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>466725</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="57" name="Connecteur droit avec flèche 56">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4F3C73A-6C31-47C4-B7A8-46378802237D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14359618" y="4369254"/>
           <a:ext cx="676275" cy="1147082"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>523875</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>438150</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="59" name="Connecteur droit avec flèche 58">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2390DB3-CD3A-48D7-B2E3-5CAC26171DDB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15940768" y="4359729"/>
           <a:ext cx="676275" cy="1147082"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>476250</xdr:colOff>
-      <xdr:row>57</xdr:row>
+      <xdr:row>59</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="60" name="Connecteur droit avec flèche 59">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8225A81A-E4AB-4DCB-83AE-31EC7EF4DE62}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17417143" y="4359729"/>
           <a:ext cx="676275" cy="1147082"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>508000</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>422275</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="61" name="Connecteur droit avec flèche 60">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E2D6723-F4F8-4B2E-BF8F-573C85162BE2}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="18210893" y="5687786"/>
           <a:ext cx="676275" cy="766082"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>539750</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>10584</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>454025</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>1059</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="62" name="Connecteur droit avec flèche 61">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B7BE5D46-4771-4763-88B1-FBF1879192CB}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="16718643" y="5698370"/>
           <a:ext cx="676275" cy="779689"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>508000</xdr:colOff>
-      <xdr:row>61</xdr:row>
+      <xdr:row>63</xdr:row>
       <xdr:rowOff>190499</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>422275</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>180974</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="63" name="Connecteur droit avec flèche 62">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BB672FD-08CB-446D-A4DB-B60BD0C6E270}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15162893" y="5687785"/>
           <a:ext cx="676275" cy="766082"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>444500</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>10583</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>358775</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>1058</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="65" name="Connecteur droit avec flèche 64">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{336C3EFD-B3EE-415B-B8FB-2F952FE5DD74}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13575393" y="5698369"/>
           <a:ext cx="676275" cy="779689"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>359834</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>21167</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>264584</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>183092</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="66" name="Connecteur droit avec flèche 65">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{330528F0-0453-4B80-81F7-1CABD9FDD3C9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="12551834" y="5708953"/>
           <a:ext cx="843643" cy="747032"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>359834</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>42334</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>264584</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>13759</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="67" name="Connecteur droit avec flèche 66">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AC4397A-2387-4B6E-B04E-22540AECD75E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="14252727" y="5730120"/>
           <a:ext cx="666750" cy="760639"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>21167</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>285750</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>183092</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="68" name="Connecteur droit avec flèche 67">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5DB9BE8-1CAB-447B-8310-5EDB1A420160}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="15797893" y="5708953"/>
           <a:ext cx="666750" cy="747032"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>423334</xdr:colOff>
-      <xdr:row>62</xdr:row>
+      <xdr:row>64</xdr:row>
       <xdr:rowOff>10583</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>328084</xdr:colOff>
-      <xdr:row>65</xdr:row>
+      <xdr:row>67</xdr:row>
       <xdr:rowOff>172508</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="69" name="Connecteur droit avec flèche 68">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EF5A3BF-9D1A-42FA-89A7-26BD21AE1B4A}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="17364227" y="5698369"/>
           <a:ext cx="666750" cy="747032"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>312965</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>13608</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>394608</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>175533</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="70" name="Connecteur droit avec flèche 69">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5450F9B3-1667-4262-8B56-FC7AC5FBBC24}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="11742965" y="6681108"/>
           <a:ext cx="843643" cy="787854"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>408215</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>27215</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>299357</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>163285</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="71" name="Connecteur droit avec flèche 70">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{118F6477-2085-4B02-B74F-C4F75AA9F157}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="13539108" y="6694715"/>
           <a:ext cx="653142" cy="761999"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>244928</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>326571</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="72" name="Connecteur droit avec flèche 71">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37F498D1-0B94-40C4-8D97-4B09AB956E9D}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="14899821" y="6681107"/>
           <a:ext cx="843643" cy="787854"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>244928</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>13608</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>326571</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>175533</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="73" name="Connecteur droit avec flèche 72">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AD8C4D4-1809-4B67-8698-B50B943D3EDD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="16423821" y="6681108"/>
           <a:ext cx="843643" cy="787854"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>244929</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>326572</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="74" name="Connecteur droit avec flèche 73">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC0F7A9D-24FE-425E-95F9-2CCA2C3BD72E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="17947822" y="6681107"/>
           <a:ext cx="843643" cy="787854"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>394607</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>299357</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>189139</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="75" name="Connecteur droit avec flèche 74">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D5703B8-A0B6-4FCB-A5D2-1FE16FC5F0CF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="12586607" y="7701643"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>272143</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>353786</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="76" name="Connecteur droit avec flèche 75">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED7B658E-C133-4F1C-9BE3-F62F834B1BB5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="15689036" y="7688036"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>272142</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>353785</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="77" name="Connecteur droit avec flèche 76">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BA3B049-C07F-4BDE-85D6-E920AA61839E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="14165035" y="7688036"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>18</xdr:col>
       <xdr:colOff>272143</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>19</xdr:col>
       <xdr:colOff>312965</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>189139</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="78" name="Connecteur droit avec flèche 77">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61E2E0B4-91ED-4346-BF64-646A5D2F4BCE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="10899322" y="7701643"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>258535</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>29</xdr:col>
       <xdr:colOff>340178</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>175532</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="79" name="Connecteur droit avec flèche 78">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BB90ABA-97EF-483E-9F3B-F5D9B31D6E23}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="18723428" y="7688036"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>217715</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>27215</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>299358</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>189140</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="80" name="Connecteur droit avec flèche 79">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B34E7B83-C9DC-40A0-AB42-D2CD83576857}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm flipH="1">
           <a:off x="17158608" y="7701644"/>
           <a:ext cx="843643" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>28</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>29</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>4082</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="81" name="Connecteur droit avec flèche 80">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F9604E7-ED67-4E81-BB13-5DC5123B18CF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19036393" y="6681107"/>
           <a:ext cx="676275" cy="806904"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>19</xdr:col>
       <xdr:colOff>462643</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>20</xdr:col>
       <xdr:colOff>376918</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="82" name="Connecteur droit avec flèche 81">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB47AD04-C04A-441E-B086-449B9A184196}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11892643" y="7674429"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>21</xdr:col>
       <xdr:colOff>367393</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>22</xdr:col>
       <xdr:colOff>281668</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="83" name="Connecteur droit avec flèche 82">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{453F42A2-CFC2-41EC-82E0-70B1913E110F}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="13498286" y="7674429"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>23</xdr:col>
       <xdr:colOff>381000</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>176893</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>24</xdr:col>
       <xdr:colOff>295275</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>167368</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="84" name="Connecteur droit avec flèche 83">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7629ABB8-6C97-4DFF-AF26-F8825D7385BE}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15035893" y="7660822"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>25</xdr:col>
       <xdr:colOff>340179</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>13607</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>26</xdr:col>
       <xdr:colOff>254454</xdr:colOff>
-      <xdr:row>76</xdr:row>
+      <xdr:row>78</xdr:row>
       <xdr:rowOff>4082</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="85" name="Connecteur droit avec flèche 84">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77E8AA6D-BDCB-42B2-8E54-F4231D30FAD1}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="16519072" y="7688036"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>27</xdr:col>
       <xdr:colOff>353786</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>28</xdr:col>
       <xdr:colOff>268061</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>180975</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="86" name="Connecteur droit avec flèche 85">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEA9BDAA-169E-4BC5-A6F0-7EDFB11AEB10}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="18056679" y="7674429"/>
           <a:ext cx="676275" cy="752475"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>29</xdr:col>
       <xdr:colOff>598714</xdr:colOff>
-      <xdr:row>72</xdr:row>
+      <xdr:row>74</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>30</xdr:col>
       <xdr:colOff>340178</xdr:colOff>
-      <xdr:row>75</xdr:row>
+      <xdr:row>77</xdr:row>
       <xdr:rowOff>153760</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="87" name="Connecteur droit avec flèche 86">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3057EB8-68EC-449B-B632-B1E494EA3553}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="19825607" y="7701643"/>
           <a:ext cx="503464" cy="698046"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>367393</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>27214</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>27</xdr:col>
       <xdr:colOff>281668</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>17689</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="88" name="Connecteur droit avec flèche 87">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71A95C6F-03DB-4A39-98F8-6CCAC72335E9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="17308286" y="6694714"/>
           <a:ext cx="676275" cy="806904"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>24</xdr:col>
       <xdr:colOff>421821</xdr:colOff>
-      <xdr:row>66</xdr:row>
+      <xdr:row>68</xdr:row>
       <xdr:rowOff>176893</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>25</xdr:col>
       <xdr:colOff>336096</xdr:colOff>
-      <xdr:row>70</xdr:row>
+      <xdr:row>72</xdr:row>
       <xdr:rowOff>167368</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="89" name="Connecteur droit avec flèche 88">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52AFF155-6008-470E-80DB-D07D690C31BD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="15838714" y="6653893"/>
           <a:ext cx="676275" cy="806904"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>462643</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>40822</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>23</xdr:col>
       <xdr:colOff>376918</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>31297</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="90" name="Connecteur droit avec flèche 89">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FDD170C-8A7C-49E4-90C6-00D103AE910E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="14355536" y="6708322"/>
           <a:ext cx="676275" cy="806904"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </xdr:style>
     </xdr:cxnSp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>20</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
-      <xdr:row>67</xdr:row>
+      <xdr:row>69</xdr:row>
       <xdr:rowOff>27215</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>308882</xdr:colOff>
-      <xdr:row>71</xdr:row>
+      <xdr:row>73</xdr:row>
       <xdr:rowOff>17690</xdr:rowOff>
     </xdr:to>
     <xdr:cxnSp macro="">
       <xdr:nvCxnSpPr>
         <xdr:cNvPr id="91" name="Connecteur droit avec flèche 90">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4667A408-DE44-4AED-B6F3-4FF986E20321}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvCxnSpPr/>
       </xdr:nvCxnSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="12763500" y="6694715"/>
           <a:ext cx="676275" cy="806904"/>
         </a:xfrm>
         <a:prstGeom prst="straightConnector1">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:tailEnd type="triangle"/>
         </a:ln>
       </xdr:spPr>
@@ -6052,225 +6302,223 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F3F4ABD2-36A8-4525-9FCF-121B07E7D738}">
-  <dimension ref="B1:AJ83"/>
+  <dimension ref="B1:AJ85"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
-      <selection activeCell="J9" sqref="J9"/>
+      <selection activeCell="J37" sqref="J37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" customWidth="1"/>
     <col min="3" max="3" width="23.5703125" customWidth="1"/>
     <col min="4" max="4" width="9.5703125" customWidth="1"/>
     <col min="5" max="5" width="10" customWidth="1"/>
     <col min="6" max="6" width="13.28515625" customWidth="1"/>
     <col min="7" max="7" width="3" customWidth="1"/>
     <col min="8" max="8" width="21.85546875" customWidth="1"/>
     <col min="9" max="9" width="9.5703125" customWidth="1"/>
     <col min="10" max="10" width="11.42578125" customWidth="1"/>
     <col min="11" max="11" width="13.5703125" customWidth="1"/>
     <col min="12" max="12" width="2.7109375" customWidth="1"/>
     <col min="13" max="13" width="23.42578125" customWidth="1"/>
     <col min="14" max="14" width="9.140625" customWidth="1"/>
     <col min="15" max="15" width="11.5703125" customWidth="1"/>
     <col min="16" max="16" width="14.5703125" customWidth="1"/>
     <col min="17" max="18" width="20" hidden="1" customWidth="1"/>
     <col min="19" max="19" width="12" hidden="1" customWidth="1"/>
     <col min="20" max="20" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="21" max="21" width="14.140625" hidden="1" customWidth="1"/>
     <col min="22" max="32" width="11.42578125" hidden="1" customWidth="1"/>
     <col min="34" max="34" width="14.85546875" customWidth="1"/>
     <col min="35" max="36" width="16" customWidth="1"/>
     <col min="37" max="37" width="13.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:36" ht="5.25" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:36" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="K2" s="41"/>
     </row>
     <row r="3" spans="2:36" ht="32.25" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="B3" s="64" t="s">
+      <c r="B3" s="52" t="s">
         <v>52</v>
       </c>
-      <c r="C3" s="65"/>
-[...12 lines deleted...]
-      <c r="P3" s="66"/>
+      <c r="C3" s="53"/>
+      <c r="D3" s="53"/>
+      <c r="E3" s="53"/>
+      <c r="F3" s="53"/>
+      <c r="G3" s="53"/>
+      <c r="H3" s="53"/>
+      <c r="I3" s="53"/>
+      <c r="J3" s="53"/>
+      <c r="K3" s="53"/>
+      <c r="L3" s="53"/>
+      <c r="M3" s="53"/>
+      <c r="N3" s="53"/>
+      <c r="O3" s="53"/>
+      <c r="P3" s="54"/>
     </row>
     <row r="4" spans="2:36" ht="5.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="5" spans="2:36" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="19"/>
       <c r="C5" s="20"/>
       <c r="D5" s="20"/>
       <c r="E5" s="20"/>
       <c r="F5" s="20"/>
       <c r="G5" s="20"/>
       <c r="H5" s="20"/>
       <c r="I5" s="20"/>
       <c r="J5" s="20"/>
       <c r="K5" s="20"/>
       <c r="L5" s="20"/>
       <c r="M5" s="43" t="s">
         <v>46</v>
       </c>
       <c r="N5" s="20"/>
       <c r="O5" s="20"/>
       <c r="P5" s="21"/>
       <c r="Q5" s="5"/>
       <c r="T5" s="8"/>
     </row>
     <row r="6" spans="2:36" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="24"/>
-      <c r="C6" s="25"/>
-      <c r="D6" s="25"/>
+      <c r="C6" s="48" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" s="82"/>
       <c r="E6" s="25"/>
       <c r="F6" s="25"/>
       <c r="G6" s="25"/>
       <c r="H6" s="11" t="s">
         <v>29</v>
       </c>
       <c r="I6" s="25"/>
       <c r="J6" s="33"/>
       <c r="K6" s="25"/>
       <c r="L6" s="25"/>
       <c r="M6" s="13" t="s">
         <v>33</v>
       </c>
       <c r="N6" s="25"/>
       <c r="O6" s="15">
         <f>J7*J11</f>
         <v>0</v>
       </c>
       <c r="P6" s="22"/>
       <c r="Q6" s="16"/>
       <c r="R6" s="16"/>
       <c r="S6" s="16"/>
       <c r="T6" s="9"/>
       <c r="U6" s="9"/>
       <c r="Y6" s="1">
         <f>J11</f>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="2:36" ht="21.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B7" s="24"/>
       <c r="C7" s="25"/>
       <c r="D7" s="25"/>
       <c r="E7" s="25"/>
       <c r="F7" s="25"/>
       <c r="G7" s="25"/>
       <c r="H7" s="11" t="s">
         <v>30</v>
       </c>
       <c r="I7" s="25"/>
       <c r="J7" s="40">
         <f>IF(J9="Dou",J6*2,IF(J9="TRI",J6*3,J6))</f>
         <v>0</v>
       </c>
       <c r="K7" s="25"/>
       <c r="L7" s="25"/>
       <c r="M7" s="13" t="s">
         <v>34</v>
       </c>
       <c r="N7" s="25"/>
-      <c r="O7" s="35">
-[...1 lines deleted...]
-      </c>
+      <c r="O7" s="35"/>
       <c r="P7" s="22"/>
       <c r="U7" s="9"/>
       <c r="AH7" s="41" t="s">
         <v>49</v>
       </c>
       <c r="AI7" s="41"/>
       <c r="AJ7" s="41"/>
     </row>
     <row r="8" spans="2:36" ht="7.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B8" s="30"/>
       <c r="C8" s="31"/>
       <c r="D8" s="31"/>
       <c r="E8" s="31"/>
       <c r="F8" s="31"/>
       <c r="G8" s="31"/>
       <c r="H8" s="31"/>
       <c r="I8" s="31"/>
       <c r="J8" s="31"/>
       <c r="K8" s="31"/>
       <c r="L8" s="31"/>
       <c r="M8" s="31"/>
       <c r="N8" s="31"/>
       <c r="O8" s="31"/>
       <c r="P8" s="32"/>
       <c r="S8" s="4"/>
     </row>
     <row r="9" spans="2:36" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="24"/>
       <c r="C9" s="25"/>
       <c r="D9" s="25"/>
       <c r="E9" s="25"/>
       <c r="F9" s="25"/>
       <c r="G9" s="25"/>
       <c r="H9" s="12" t="s">
         <v>31</v>
       </c>
       <c r="I9" s="25"/>
-      <c r="J9" s="34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J9" s="34"/>
       <c r="K9" s="25"/>
       <c r="L9" s="25"/>
       <c r="M9" s="13" t="s">
         <v>36</v>
       </c>
       <c r="N9" s="25"/>
       <c r="O9" s="15">
         <f>O6*O7</f>
         <v>0</v>
       </c>
       <c r="P9" s="22"/>
     </row>
     <row r="10" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B10" s="24"/>
       <c r="C10" s="25"/>
       <c r="D10" s="25"/>
       <c r="E10" s="25"/>
       <c r="F10" s="25"/>
       <c r="G10" s="25"/>
       <c r="H10" s="25"/>
       <c r="I10" s="24"/>
       <c r="J10" s="25"/>
       <c r="K10" s="25"/>
       <c r="L10" s="25"/>
       <c r="M10" s="25"/>
@@ -6335,1799 +6583,1904 @@
       <c r="I12" s="25"/>
       <c r="J12" s="25"/>
       <c r="K12" s="25"/>
       <c r="L12" s="25"/>
       <c r="M12" s="25"/>
       <c r="N12" s="25"/>
       <c r="O12" s="25"/>
       <c r="P12" s="22"/>
       <c r="S12" t="s">
         <v>56</v>
       </c>
       <c r="X12" s="3" t="s">
         <v>3</v>
       </c>
       <c r="Z12" s="3" t="s">
         <v>7</v>
       </c>
       <c r="AH12" s="41" t="s">
         <v>48</v>
       </c>
       <c r="AI12" s="41"/>
       <c r="AJ12" s="41"/>
     </row>
     <row r="13" spans="2:36" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B13" s="24"/>
-      <c r="C13" s="70" t="s">
+      <c r="C13" s="58" t="s">
         <v>57</v>
       </c>
-      <c r="D13" s="71"/>
-      <c r="E13" s="72"/>
+      <c r="D13" s="59"/>
+      <c r="E13" s="60"/>
       <c r="F13" s="25"/>
       <c r="G13" s="25"/>
-      <c r="H13" s="54" t="s">
+      <c r="H13" s="67" t="s">
         <v>37</v>
       </c>
-      <c r="I13" s="55"/>
-      <c r="J13" s="56"/>
+      <c r="I13" s="68"/>
+      <c r="J13" s="69"/>
       <c r="K13" s="25"/>
       <c r="L13" s="25"/>
-      <c r="M13" s="57" t="s">
+      <c r="M13" s="70" t="s">
         <v>38</v>
       </c>
-      <c r="N13" s="58"/>
-      <c r="O13" s="59"/>
+      <c r="N13" s="71"/>
+      <c r="O13" s="72"/>
       <c r="P13" s="22"/>
     </row>
-    <row r="14" spans="2:36" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="2:36" ht="11.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B14" s="24"/>
-      <c r="C14" s="78" t="s">
-[...13 lines deleted...]
-      <c r="O14" s="78"/>
+      <c r="C14" s="50"/>
+      <c r="D14" s="50"/>
+      <c r="E14" s="50"/>
+      <c r="F14" s="51"/>
+      <c r="G14" s="51"/>
+      <c r="H14" s="50"/>
+      <c r="I14" s="50"/>
+      <c r="J14" s="50"/>
+      <c r="K14" s="51"/>
+      <c r="L14" s="51"/>
+      <c r="M14" s="50"/>
+      <c r="N14" s="50"/>
+      <c r="O14" s="50"/>
       <c r="P14" s="22"/>
     </row>
-    <row r="15" spans="2:36" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="2:36" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B15" s="24"/>
-      <c r="C15" s="25"/>
-      <c r="D15" s="29" t="s">
+      <c r="C15" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="49"/>
+      <c r="E15" s="49"/>
+      <c r="F15" s="49"/>
+      <c r="G15" s="49"/>
+      <c r="H15" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="I15" s="49"/>
+      <c r="J15" s="49"/>
+      <c r="K15" s="49"/>
+      <c r="L15" s="49"/>
+      <c r="M15" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="N15" s="49"/>
+      <c r="O15" s="49"/>
+      <c r="P15" s="22"/>
+      <c r="S15" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="16" spans="2:36" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B16" s="24"/>
+      <c r="C16" s="25"/>
+      <c r="D16" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="E15" s="29" t="s">
+      <c r="E16" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="F15" s="36" t="s">
+      <c r="F16" s="36" t="s">
         <v>45</v>
       </c>
-      <c r="G15" s="25"/>
-[...1 lines deleted...]
-      <c r="I15" s="29" t="s">
+      <c r="G16" s="25"/>
+      <c r="H16" s="25"/>
+      <c r="I16" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="J15" s="29" t="s">
+      <c r="J16" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="K15" s="36" t="s">
+      <c r="K16" s="36" t="s">
         <v>45</v>
       </c>
-      <c r="L15" s="37"/>
-[...1 lines deleted...]
-      <c r="N15" s="29" t="s">
+      <c r="L16" s="37"/>
+      <c r="M16" s="25"/>
+      <c r="N16" s="29" t="s">
         <v>43</v>
       </c>
-      <c r="O15" s="29" t="s">
+      <c r="O16" s="29" t="s">
         <v>44</v>
       </c>
-      <c r="P15" s="36" t="s">
+      <c r="P16" s="36" t="s">
         <v>45</v>
       </c>
+      <c r="S16" t="s">
+        <v>65</v>
+      </c>
     </row>
-    <row r="16" spans="2:36" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C16" s="13" t="s">
+    <row r="17" spans="2:36" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="24"/>
+      <c r="C17" s="13" t="s">
         <v>58</v>
       </c>
-      <c r="D16" s="17">
-[...9 lines deleted...]
-      <c r="H16" s="13" t="s">
+      <c r="D17" s="17">
+        <f>Y31</f>
+        <v>0</v>
+      </c>
+      <c r="E17" s="46"/>
+      <c r="F17" s="47">
+        <f>D17*E17</f>
+        <v>0</v>
+      </c>
+      <c r="G17" s="25"/>
+      <c r="H17" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="I16" s="17">
-[...9 lines deleted...]
-      <c r="M16" s="13" t="s">
+      <c r="I17" s="17">
+        <f>X36</f>
+        <v>0</v>
+      </c>
+      <c r="J17" s="46"/>
+      <c r="K17" s="47">
+        <f>I17*J17</f>
+        <v>0</v>
+      </c>
+      <c r="L17" s="38"/>
+      <c r="M17" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="N16" s="18">
-[...6 lines deleted...]
-        <v>0</v>
+      <c r="N17" s="18">
+        <f>Y42</f>
+        <v>0</v>
+      </c>
+      <c r="O17" s="46"/>
+      <c r="P17" s="47">
+        <f>N17*O17</f>
+        <v>0</v>
+      </c>
+      <c r="S17" t="s">
+        <v>66</v>
       </c>
     </row>
-    <row r="17" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="U17" t="s">
+    <row r="18" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B18" s="24"/>
+      <c r="C18" s="25"/>
+      <c r="D18" s="28"/>
+      <c r="E18" s="28"/>
+      <c r="F18" s="28"/>
+      <c r="G18" s="25"/>
+      <c r="H18" s="25"/>
+      <c r="I18" s="28"/>
+      <c r="J18" s="28"/>
+      <c r="K18" s="28"/>
+      <c r="L18" s="25"/>
+      <c r="M18" s="25"/>
+      <c r="N18" s="28"/>
+      <c r="O18" s="28"/>
+      <c r="P18" s="22"/>
+      <c r="U18" t="s">
         <v>1</v>
       </c>
-      <c r="W17" s="1">
+      <c r="W18" s="1">
         <f>X11/2</f>
         <v>0</v>
       </c>
-      <c r="Y17" s="1">
+      <c r="Y18" s="1">
         <f>X11/2+Z11/2</f>
         <v>0</v>
       </c>
-      <c r="AA17" s="1">
+      <c r="AA18" s="1">
         <f>Z11/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="2:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C18" s="13" t="s">
+    <row r="19" spans="2:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B19" s="24"/>
+      <c r="C19" s="13" t="s">
         <v>39</v>
       </c>
-      <c r="D18" s="17">
-[...9 lines deleted...]
-      <c r="H18" s="13" t="s">
+      <c r="D19" s="17">
+        <f>W31</f>
+        <v>0</v>
+      </c>
+      <c r="E19" s="46"/>
+      <c r="F19" s="47">
+        <f>D19*E19</f>
+        <v>0</v>
+      </c>
+      <c r="G19" s="25"/>
+      <c r="H19" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="I18" s="17">
-[...9 lines deleted...]
-      <c r="M18" s="13" t="s">
+      <c r="I19" s="17">
+        <f>V36</f>
+        <v>0</v>
+      </c>
+      <c r="J19" s="46"/>
+      <c r="K19" s="47">
+        <f>I19*J19</f>
+        <v>0</v>
+      </c>
+      <c r="L19" s="38"/>
+      <c r="M19" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="N18" s="17">
-[...8 lines deleted...]
-      <c r="W18" s="3" t="s">
+      <c r="N19" s="17">
+        <f>W42</f>
+        <v>0</v>
+      </c>
+      <c r="O19" s="46"/>
+      <c r="P19" s="47">
+        <f>N19*O19</f>
+        <v>0</v>
+      </c>
+      <c r="W19" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="Y18" s="2" t="s">
+      <c r="Y19" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="AA18" s="3" t="s">
+      <c r="AA19" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="19" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P19" s="22"/>
+    <row r="20" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="24"/>
+      <c r="C20" s="25"/>
+      <c r="D20" s="28"/>
+      <c r="E20" s="28"/>
+      <c r="F20" s="28"/>
+      <c r="G20" s="25"/>
+      <c r="H20" s="25"/>
+      <c r="I20" s="28"/>
+      <c r="J20" s="28"/>
+      <c r="K20" s="28"/>
+      <c r="L20" s="25"/>
+      <c r="M20" s="25"/>
+      <c r="N20" s="28"/>
+      <c r="O20" s="28"/>
+      <c r="P20" s="22"/>
+      <c r="AH20" s="42" t="s">
+        <v>50</v>
+      </c>
     </row>
-    <row r="20" spans="2:36" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C20" s="13" t="s">
+    <row r="21" spans="2:36" ht="25.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="24"/>
+      <c r="C21" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="D20" s="17">
-[...9 lines deleted...]
-      <c r="H20" s="13" t="s">
+      <c r="D21" s="17">
+        <f>U31</f>
+        <v>0</v>
+      </c>
+      <c r="E21" s="46"/>
+      <c r="F21" s="47">
+        <f>D21*E21</f>
+        <v>0</v>
+      </c>
+      <c r="G21" s="25"/>
+      <c r="H21" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="I20" s="17">
-[...9 lines deleted...]
-      <c r="M20" s="13" t="s">
+      <c r="I21" s="17">
+        <f>T36</f>
+        <v>0</v>
+      </c>
+      <c r="J21" s="46"/>
+      <c r="K21" s="47">
+        <f>I21*J21</f>
+        <v>0</v>
+      </c>
+      <c r="L21" s="38"/>
+      <c r="M21" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="N20" s="17">
-[...5 lines deleted...]
-        <f>N20*O20</f>
+      <c r="N21" s="17">
+        <f>U42</f>
+        <v>0</v>
+      </c>
+      <c r="O21" s="46"/>
+      <c r="P21" s="47">
+        <f>N21*O21</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-[...21 lines deleted...]
-    <row r="22" spans="2:36" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B22" s="24"/>
       <c r="C22" s="25"/>
       <c r="D22" s="25"/>
       <c r="E22" s="25"/>
       <c r="F22" s="25"/>
       <c r="G22" s="25"/>
       <c r="H22" s="25"/>
       <c r="I22" s="25"/>
       <c r="J22" s="25"/>
       <c r="K22" s="25"/>
       <c r="L22" s="25"/>
-      <c r="M22" s="60" t="s">
-[...29 lines deleted...]
-      </c>
+      <c r="M22" s="25"/>
+      <c r="N22" s="28"/>
+      <c r="O22" s="28"/>
+      <c r="P22" s="22"/>
+      <c r="AI22" s="42"/>
+      <c r="AJ22" s="42"/>
     </row>
-    <row r="23" spans="2:36" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="2:36" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B23" s="24"/>
       <c r="C23" s="25"/>
-      <c r="D23" s="52" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="D23" s="25"/>
+      <c r="E23" s="25"/>
+      <c r="F23" s="25"/>
       <c r="G23" s="25"/>
       <c r="H23" s="25"/>
-      <c r="I23" s="52" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="I23" s="25"/>
+      <c r="J23" s="25"/>
+      <c r="K23" s="25"/>
       <c r="L23" s="25"/>
-      <c r="M23" s="61"/>
-[...13 lines deleted...]
-        <v>8</v>
+      <c r="M23" s="73" t="s">
+        <v>42</v>
+      </c>
+      <c r="N23" s="75">
+        <f>S42</f>
+        <v>0</v>
+      </c>
+      <c r="O23" s="77"/>
+      <c r="P23" s="79">
+        <f>O23*N23</f>
+        <v>0</v>
+      </c>
+      <c r="U23" t="s">
+        <v>2</v>
+      </c>
+      <c r="V23" s="1">
+        <f>W18/2</f>
+        <v>0</v>
+      </c>
+      <c r="X23" s="1">
+        <f>W18/2+Y18/2</f>
+        <v>0</v>
+      </c>
+      <c r="Z23" s="1">
+        <f>Y18/2+AA18/2</f>
+        <v>0</v>
+      </c>
+      <c r="AB23" s="1">
+        <f>AA18/2</f>
+        <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="2:36" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B24" s="24"/>
       <c r="C24" s="25"/>
-      <c r="D24" s="25"/>
-[...1 lines deleted...]
-      <c r="F24" s="25"/>
+      <c r="D24" s="61" t="s">
+        <v>45</v>
+      </c>
+      <c r="E24" s="61"/>
+      <c r="F24" s="47">
+        <f>F17+F19+F21</f>
+        <v>0</v>
+      </c>
       <c r="G24" s="25"/>
       <c r="H24" s="25"/>
-      <c r="I24" s="25"/>
-[...1 lines deleted...]
-      <c r="K24" s="25"/>
+      <c r="I24" s="61" t="s">
+        <v>45</v>
+      </c>
+      <c r="J24" s="61"/>
+      <c r="K24" s="47">
+        <f>K17+K19+K21</f>
+        <v>0</v>
+      </c>
       <c r="L24" s="25"/>
-      <c r="M24" s="25"/>
-[...2 lines deleted...]
-      <c r="P24" s="22"/>
+      <c r="M24" s="74"/>
+      <c r="N24" s="76"/>
+      <c r="O24" s="78"/>
+      <c r="P24" s="80"/>
+      <c r="V24" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="X24" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="Z24" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="AB24" s="3" t="s">
+        <v>8</v>
+      </c>
     </row>
-    <row r="25" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B25" s="24"/>
       <c r="C25" s="25"/>
       <c r="D25" s="25"/>
       <c r="E25" s="25"/>
       <c r="F25" s="25"/>
       <c r="G25" s="25"/>
       <c r="H25" s="25"/>
       <c r="I25" s="25"/>
       <c r="J25" s="25"/>
       <c r="K25" s="25"/>
       <c r="L25" s="25"/>
       <c r="M25" s="25"/>
-      <c r="N25" s="52" t="s">
+      <c r="N25" s="25"/>
+      <c r="O25" s="25"/>
+      <c r="P25" s="22"/>
+    </row>
+    <row r="26" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="24"/>
+      <c r="C26" s="25"/>
+      <c r="D26" s="25"/>
+      <c r="E26" s="25"/>
+      <c r="F26" s="25"/>
+      <c r="G26" s="25"/>
+      <c r="H26" s="25"/>
+      <c r="I26" s="25"/>
+      <c r="J26" s="25"/>
+      <c r="K26" s="25"/>
+      <c r="L26" s="25"/>
+      <c r="M26" s="25"/>
+      <c r="N26" s="61" t="s">
         <v>45</v>
       </c>
-      <c r="O25" s="52"/>
-[...1 lines deleted...]
-        <f>P16+P18+P20+P22</f>
+      <c r="O26" s="61"/>
+      <c r="P26" s="47">
+        <f>P17+P19+P21+P23</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...14 lines deleted...]
-      <c r="P26" s="23"/>
+    <row r="27" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B27" s="26"/>
+      <c r="C27" s="27"/>
+      <c r="D27" s="27"/>
+      <c r="E27" s="27"/>
+      <c r="F27" s="27"/>
+      <c r="G27" s="27"/>
+      <c r="H27" s="27"/>
+      <c r="I27" s="27"/>
+      <c r="J27" s="27"/>
+      <c r="K27" s="27"/>
+      <c r="L27" s="27"/>
+      <c r="M27" s="27"/>
+      <c r="N27" s="81"/>
+      <c r="O27" s="81"/>
+      <c r="P27" s="23"/>
     </row>
-    <row r="27" spans="2:36" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="T27" t="s">
+    <row r="28" spans="2:36" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="T28" t="s">
         <v>12</v>
       </c>
-      <c r="U27" s="1">
-[...19 lines deleted...]
-      <c r="AH27" s="44" t="s">
+      <c r="U28" s="1">
+        <f>V23/2</f>
+        <v>0</v>
+      </c>
+      <c r="W28" s="1">
+        <f>V23/2+X23/2</f>
+        <v>0</v>
+      </c>
+      <c r="Y28" s="1">
+        <f>X23/2+Z23/2</f>
+        <v>0</v>
+      </c>
+      <c r="AA28" s="1">
+        <f>Z23/2+AB23/2</f>
+        <v>0</v>
+      </c>
+      <c r="AC28" s="1">
+        <f>AB23/2</f>
+        <v>0</v>
+      </c>
+      <c r="AH28" s="44" t="s">
         <v>54</v>
       </c>
-      <c r="AI27" s="44"/>
-      <c r="AJ27" s="44"/>
+      <c r="AI28" s="44"/>
+      <c r="AJ28" s="44"/>
     </row>
-    <row r="28" spans="2:36" ht="27" thickBot="1" x14ac:dyDescent="0.45">
-      <c r="B28" s="67" t="s">
+    <row r="29" spans="2:36" ht="27" thickBot="1" x14ac:dyDescent="0.45">
+      <c r="B29" s="55" t="s">
         <v>53</v>
       </c>
-      <c r="C28" s="68"/>
-[...13 lines deleted...]
-      <c r="U28" s="3" t="s">
+      <c r="C29" s="56"/>
+      <c r="D29" s="56"/>
+      <c r="E29" s="56"/>
+      <c r="F29" s="56"/>
+      <c r="G29" s="56"/>
+      <c r="H29" s="56"/>
+      <c r="I29" s="56"/>
+      <c r="J29" s="56"/>
+      <c r="K29" s="56"/>
+      <c r="L29" s="56"/>
+      <c r="M29" s="56"/>
+      <c r="N29" s="56"/>
+      <c r="O29" s="56"/>
+      <c r="P29" s="57"/>
+      <c r="U29" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="W28" s="3" t="s">
+      <c r="W29" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="Y28" s="3" t="s">
+      <c r="Y29" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="AA28" s="3" t="s">
+      <c r="AA29" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="AC28" s="3" t="s">
+      <c r="AC29" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="AH28" s="73">
-[...4 lines deleted...]
-      <c r="AJ28" s="75"/>
+      <c r="AH29" s="62">
+        <f>O11+O37</f>
+        <v>0</v>
+      </c>
+      <c r="AI29" s="63"/>
+      <c r="AJ29" s="64"/>
     </row>
-    <row r="29" spans="2:36" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="AC29" s="3"/>
+    <row r="30" spans="2:36" ht="6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="U30" s="3"/>
+      <c r="W30" s="3"/>
+      <c r="Y30" s="3"/>
+      <c r="AA30" s="3"/>
+      <c r="AC30" s="3"/>
     </row>
-    <row r="30" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...36 lines deleted...]
-        <f>ROUND(AC27,0)</f>
+    <row r="31" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B31" s="19"/>
+      <c r="C31" s="20"/>
+      <c r="D31" s="20"/>
+      <c r="E31" s="20"/>
+      <c r="F31" s="20"/>
+      <c r="G31" s="20"/>
+      <c r="H31" s="20"/>
+      <c r="I31" s="20"/>
+      <c r="J31" s="20"/>
+      <c r="K31" s="20"/>
+      <c r="L31" s="20"/>
+      <c r="M31" s="20"/>
+      <c r="N31" s="20"/>
+      <c r="O31" s="20"/>
+      <c r="P31" s="21"/>
+      <c r="R31" s="9">
+        <f>U31+W31+Y31+AA31+AC31</f>
+        <v>0</v>
+      </c>
+      <c r="U31" s="7">
+        <f>ROUND(U28,0)</f>
+        <v>0</v>
+      </c>
+      <c r="W31" s="7">
+        <f>ROUND(W28,0)</f>
+        <v>0</v>
+      </c>
+      <c r="Y31" s="7">
+        <f>ROUND(Y28,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AA31" s="7">
+        <f>ROUND(AA28,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AC31" s="7">
+        <f>ROUND(AC28,0)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="2:36" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
-[...34 lines deleted...]
-    <row r="32" spans="2:36" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="2:36" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B32" s="24"/>
-      <c r="C32" s="25"/>
-      <c r="D32" s="25"/>
+      <c r="C32" s="48" t="s">
+        <v>63</v>
+      </c>
+      <c r="D32" s="82"/>
       <c r="E32" s="25"/>
       <c r="F32" s="25"/>
       <c r="G32" s="25"/>
       <c r="H32" s="11" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="I32" s="25"/>
-      <c r="J32" s="40"/>
+      <c r="J32" s="33"/>
       <c r="K32" s="25"/>
       <c r="L32" s="25"/>
       <c r="M32" s="13" t="s">
+        <v>33</v>
+      </c>
+      <c r="N32" s="25"/>
+      <c r="O32" s="15">
+        <f>J33*J37</f>
+        <v>0</v>
+      </c>
+      <c r="P32" s="22"/>
+      <c r="R32" s="9">
+        <f>U32+W32+Y32</f>
+        <v>0</v>
+      </c>
+      <c r="W32" s="3"/>
+      <c r="Y32" s="3"/>
+      <c r="AA32" s="3"/>
+      <c r="AC32" s="3"/>
+      <c r="AH32" s="44" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="33" spans="2:36" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B33" s="24"/>
+      <c r="C33" s="25"/>
+      <c r="D33" s="25"/>
+      <c r="E33" s="25"/>
+      <c r="F33" s="25"/>
+      <c r="G33" s="25"/>
+      <c r="H33" s="11" t="s">
+        <v>30</v>
+      </c>
+      <c r="I33" s="25"/>
+      <c r="J33" s="40"/>
+      <c r="K33" s="25"/>
+      <c r="L33" s="25"/>
+      <c r="M33" s="13" t="s">
         <v>34</v>
       </c>
-      <c r="N32" s="25"/>
-[...5 lines deleted...]
-      <c r="S32" t="s">
+      <c r="N33" s="25"/>
+      <c r="O33" s="35"/>
+      <c r="P33" s="22"/>
+      <c r="R33" s="9"/>
+      <c r="S33" t="s">
         <v>16</v>
       </c>
-      <c r="T32" s="10">
-[...28 lines deleted...]
-      <c r="AH32" s="76" t="s">
+      <c r="T33" s="10">
+        <f>U28/2</f>
+        <v>0</v>
+      </c>
+      <c r="U33" s="3"/>
+      <c r="V33" s="1">
+        <f>U28/2+W28/2</f>
+        <v>0</v>
+      </c>
+      <c r="W33" s="3"/>
+      <c r="X33" s="1">
+        <f>W28/2+Y28/2</f>
+        <v>0</v>
+      </c>
+      <c r="Y33" s="3"/>
+      <c r="Z33" s="1">
+        <f>Y28/2+AA28/2</f>
+        <v>0</v>
+      </c>
+      <c r="AA33" s="3"/>
+      <c r="AB33" s="1">
+        <f>AA28/2+AC28/2</f>
+        <v>0</v>
+      </c>
+      <c r="AC33" s="3"/>
+      <c r="AD33" s="1">
+        <f>AC28/2</f>
+        <v>0</v>
+      </c>
+      <c r="AH33" s="65" t="s">
         <v>59</v>
       </c>
-      <c r="AI32" s="76" t="s">
+      <c r="AI33" s="65" t="s">
         <v>60</v>
       </c>
-      <c r="AJ32" s="76" t="s">
+      <c r="AJ33" s="65" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="33" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...15 lines deleted...]
-      <c r="T33" s="3" t="s">
+    <row r="34" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B34" s="30"/>
+      <c r="C34" s="31"/>
+      <c r="D34" s="31"/>
+      <c r="E34" s="31"/>
+      <c r="F34" s="31"/>
+      <c r="G34" s="31"/>
+      <c r="H34" s="31"/>
+      <c r="I34" s="31"/>
+      <c r="J34" s="31"/>
+      <c r="K34" s="31"/>
+      <c r="L34" s="31"/>
+      <c r="M34" s="31"/>
+      <c r="N34" s="31"/>
+      <c r="O34" s="31"/>
+      <c r="P34" s="32"/>
+      <c r="T34" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="U33" s="3"/>
-      <c r="V33" s="3" t="s">
+      <c r="U34" s="3"/>
+      <c r="V34" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="W33" s="3"/>
-      <c r="X33" s="3" t="s">
+      <c r="W34" s="3"/>
+      <c r="X34" s="3" t="s">
         <v>25</v>
       </c>
-      <c r="Y33" s="3"/>
-      <c r="Z33" s="3" t="s">
+      <c r="Y34" s="3"/>
+      <c r="Z34" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="AA33" s="3"/>
-      <c r="AB33" s="3" t="s">
+      <c r="AA34" s="3"/>
+      <c r="AB34" s="3" t="s">
         <v>27</v>
       </c>
-      <c r="AC33" s="3"/>
-      <c r="AD33" s="3" t="s">
+      <c r="AC34" s="3"/>
+      <c r="AD34" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="AH33" s="77"/>
-[...1 lines deleted...]
-      <c r="AJ33" s="77"/>
+      <c r="AH34" s="66"/>
+      <c r="AI34" s="66"/>
+      <c r="AJ34" s="66"/>
     </row>
-    <row r="34" spans="2:36" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...42 lines deleted...]
-    <row r="35" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="2:36" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="24"/>
       <c r="C35" s="25"/>
       <c r="D35" s="25"/>
       <c r="E35" s="25"/>
       <c r="F35" s="25"/>
       <c r="G35" s="25"/>
-      <c r="H35" s="25"/>
-[...1 lines deleted...]
-      <c r="J35" s="25"/>
+      <c r="H35" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="I35" s="25"/>
+      <c r="J35" s="34"/>
       <c r="K35" s="25"/>
       <c r="L35" s="25"/>
-      <c r="M35" s="25"/>
+      <c r="M35" s="13" t="s">
+        <v>36</v>
+      </c>
       <c r="N35" s="25"/>
-      <c r="O35" s="25"/>
+      <c r="O35" s="15">
+        <f>O32*O33</f>
+        <v>0</v>
+      </c>
       <c r="P35" s="22"/>
-      <c r="R35" s="9">
-[...6 lines deleted...]
-      </c>
       <c r="U35" s="3"/>
-      <c r="V35" s="7">
-[...2 lines deleted...]
-      </c>
       <c r="W35" s="3"/>
-      <c r="X35" s="7">
-[...2 lines deleted...]
-      </c>
       <c r="Y35" s="3"/>
-      <c r="Z35" s="7">
-[...2 lines deleted...]
-      </c>
       <c r="AA35" s="3"/>
-      <c r="AB35" s="7">
-[...2 lines deleted...]
-      </c>
       <c r="AC35" s="3"/>
-      <c r="AD35" s="7">
-        <f>AD32</f>
+      <c r="AH35" s="45">
+        <f>F24+F50</f>
+        <v>0</v>
+      </c>
+      <c r="AI35" s="45">
+        <f>K24+K50</f>
+        <v>0</v>
+      </c>
+      <c r="AJ35" s="45">
+        <f>P26+P52</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="2:36" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
+    <row r="36" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B36" s="24"/>
       <c r="C36" s="25"/>
       <c r="D36" s="25"/>
       <c r="E36" s="25"/>
       <c r="F36" s="25"/>
       <c r="G36" s="25"/>
-      <c r="H36" s="11" t="s">
-[...3 lines deleted...]
-      <c r="J36" s="34"/>
+      <c r="H36" s="25"/>
+      <c r="I36" s="24"/>
+      <c r="J36" s="25"/>
       <c r="K36" s="25"/>
       <c r="L36" s="25"/>
-      <c r="M36" s="14" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M36" s="25"/>
       <c r="N36" s="25"/>
-      <c r="O36" s="15">
-[...2 lines deleted...]
-      </c>
+      <c r="O36" s="25"/>
       <c r="P36" s="22"/>
-      <c r="R36" s="8"/>
-      <c r="T36" s="8"/>
+      <c r="R36" s="9">
+        <f>T33+V33+X33+Z33+AB33+AD33</f>
+        <v>0</v>
+      </c>
+      <c r="T36" s="7">
+        <f>T33</f>
+        <v>0</v>
+      </c>
       <c r="U36" s="3"/>
-      <c r="V36" s="8"/>
+      <c r="V36" s="7">
+        <f>V33</f>
+        <v>0</v>
+      </c>
       <c r="W36" s="3"/>
-      <c r="X36" s="8"/>
+      <c r="X36" s="7">
+        <f>X33</f>
+        <v>0</v>
+      </c>
       <c r="Y36" s="3"/>
+      <c r="Z36" s="7">
+        <f>Z33</f>
+        <v>0</v>
+      </c>
       <c r="AA36" s="3"/>
+      <c r="AB36" s="7">
+        <f>AB33</f>
+        <v>0</v>
+      </c>
       <c r="AC36" s="3"/>
-      <c r="AI36" s="44"/>
-      <c r="AJ36" s="44"/>
+      <c r="AD36" s="7">
+        <f>AD33</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="37" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="2:36" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.45">
       <c r="B37" s="24"/>
       <c r="C37" s="25"/>
       <c r="D37" s="25"/>
       <c r="E37" s="25"/>
       <c r="F37" s="25"/>
       <c r="G37" s="25"/>
-      <c r="H37" s="25"/>
+      <c r="H37" s="11" t="s">
+        <v>32</v>
+      </c>
       <c r="I37" s="25"/>
-      <c r="J37" s="25"/>
+      <c r="J37" s="34"/>
       <c r="K37" s="25"/>
       <c r="L37" s="25"/>
-      <c r="M37" s="25"/>
+      <c r="M37" s="14" t="s">
+        <v>35</v>
+      </c>
       <c r="N37" s="25"/>
-      <c r="O37" s="25"/>
+      <c r="O37" s="15">
+        <f>O32+O35</f>
+        <v>0</v>
+      </c>
       <c r="P37" s="22"/>
-      <c r="R37" t="s">
-[...41 lines deleted...]
-      </c>
+      <c r="R37" s="8"/>
+      <c r="T37" s="8"/>
+      <c r="U37" s="3"/>
+      <c r="V37" s="8"/>
+      <c r="W37" s="3"/>
+      <c r="X37" s="8"/>
+      <c r="Y37" s="3"/>
+      <c r="AA37" s="3"/>
+      <c r="AC37" s="3"/>
+      <c r="AI37" s="44"/>
+      <c r="AJ37" s="44"/>
     </row>
-    <row r="38" spans="2:36" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B38" s="24"/>
-      <c r="C38" s="70" t="s">
-[...3 lines deleted...]
-      <c r="E38" s="72"/>
+      <c r="C38" s="25"/>
+      <c r="D38" s="25"/>
+      <c r="E38" s="25"/>
       <c r="F38" s="25"/>
       <c r="G38" s="25"/>
-      <c r="H38" s="54" t="s">
-[...3 lines deleted...]
-      <c r="J38" s="56"/>
+      <c r="H38" s="25"/>
+      <c r="I38" s="25"/>
+      <c r="J38" s="25"/>
       <c r="K38" s="25"/>
       <c r="L38" s="25"/>
-      <c r="M38" s="57" t="s">
+      <c r="M38" s="25"/>
+      <c r="N38" s="25"/>
+      <c r="O38" s="25"/>
+      <c r="P38" s="22"/>
+      <c r="R38" t="s">
+        <v>17</v>
+      </c>
+      <c r="S38" s="1">
+        <f>ROUND(T33/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="T38">
+        <f>$U$6*T37</f>
+        <v>0</v>
+      </c>
+      <c r="U38" s="1">
+        <f>ROUND(T33/2+V33/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="V38">
+        <f>$U$6*V37</f>
+        <v>0</v>
+      </c>
+      <c r="W38" s="1">
+        <f>ROUND(V33/2+X33/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="X38">
+        <f>$U$6*X37</f>
+        <v>0</v>
+      </c>
+      <c r="Y38" s="1">
+        <f>ROUND(X33/2+Z33/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AA38" s="1">
+        <f>ROUND(Z33/2+AB33/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AC38" s="1">
+        <f>ROUND(AB33/2+AD33/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AE38" s="1">
+        <f>ROUND(AD33/2,0)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="39" spans="2:36" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B39" s="24"/>
+      <c r="C39" s="58" t="s">
+        <v>57</v>
+      </c>
+      <c r="D39" s="59"/>
+      <c r="E39" s="60"/>
+      <c r="F39" s="25"/>
+      <c r="G39" s="25"/>
+      <c r="H39" s="67" t="s">
+        <v>37</v>
+      </c>
+      <c r="I39" s="68"/>
+      <c r="J39" s="69"/>
+      <c r="K39" s="25"/>
+      <c r="L39" s="25"/>
+      <c r="M39" s="70" t="s">
         <v>38</v>
       </c>
-      <c r="N38" s="58"/>
-[...2 lines deleted...]
-      <c r="S38" s="3" t="s">
+      <c r="N39" s="71"/>
+      <c r="O39" s="72"/>
+      <c r="P39" s="22"/>
+      <c r="S39" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="U38" s="3" t="s">
+      <c r="U39" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="W38" s="3" t="s">
+      <c r="W39" s="3" t="s">
         <v>14</v>
       </c>
-      <c r="Y38" s="3" t="s">
+      <c r="Y39" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="AA38" s="3" t="s">
+      <c r="AA39" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="AC38" s="3" t="s">
+      <c r="AC39" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="AE38" s="3" t="s">
+      <c r="AE39" s="3" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="39" spans="2:36" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C39" s="78" t="s">
+    <row r="40" spans="2:36" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B40" s="24"/>
+      <c r="C40" s="50"/>
+      <c r="D40" s="50"/>
+      <c r="E40" s="50"/>
+      <c r="F40" s="51"/>
+      <c r="G40" s="51"/>
+      <c r="H40" s="50"/>
+      <c r="I40" s="50"/>
+      <c r="J40" s="50"/>
+      <c r="K40" s="51"/>
+      <c r="L40" s="51"/>
+      <c r="M40" s="50"/>
+      <c r="N40" s="50"/>
+      <c r="O40" s="50"/>
+      <c r="P40" s="22"/>
+      <c r="S40" s="3"/>
+      <c r="U40" s="3"/>
+      <c r="W40" s="3"/>
+      <c r="Y40" s="3"/>
+      <c r="AA40" s="3"/>
+      <c r="AC40" s="3"/>
+      <c r="AE40" s="3"/>
+    </row>
+    <row r="41" spans="2:36" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B41" s="24"/>
+      <c r="C41" s="49" t="s">
         <v>15</v>
       </c>
-      <c r="D39" s="78"/>
-[...16 lines deleted...]
-      <c r="AC39" s="3"/>
+      <c r="D41" s="49"/>
+      <c r="E41" s="49"/>
+      <c r="F41" s="49"/>
+      <c r="G41" s="49"/>
+      <c r="H41" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="49"/>
+      <c r="J41" s="49"/>
+      <c r="K41" s="49"/>
+      <c r="L41" s="49"/>
+      <c r="M41" s="49" t="s">
+        <v>15</v>
+      </c>
+      <c r="N41" s="49"/>
+      <c r="O41" s="49"/>
+      <c r="P41" s="22"/>
+      <c r="U41" s="3"/>
+      <c r="W41" s="3"/>
+      <c r="Y41" s="3"/>
+      <c r="AA41" s="3"/>
+      <c r="AC41" s="3"/>
     </row>
-    <row r="40" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...112 lines deleted...]
-    <row r="42" spans="2:36" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="2:36" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B42" s="24"/>
       <c r="C42" s="25"/>
-      <c r="D42" s="28"/>
-[...1 lines deleted...]
-      <c r="F42" s="28"/>
+      <c r="D42" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E42" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="F42" s="36" t="s">
+        <v>45</v>
+      </c>
       <c r="G42" s="25"/>
       <c r="H42" s="25"/>
-      <c r="I42" s="28"/>
-[...2 lines deleted...]
-      <c r="L42" s="25"/>
+      <c r="I42" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="J42" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="K42" s="36" t="s">
+        <v>45</v>
+      </c>
+      <c r="L42" s="37"/>
       <c r="M42" s="25"/>
-      <c r="N42" s="28"/>
-[...2 lines deleted...]
-      <c r="R42" s="9"/>
+      <c r="N42" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="O42" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="P42" s="36" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q42" s="5"/>
+      <c r="R42" s="9">
+        <f>S38+U38+W38+Y38+AA38+AC38+AE38</f>
+        <v>0</v>
+      </c>
+      <c r="S42" s="7">
+        <f>S38</f>
+        <v>0</v>
+      </c>
+      <c r="U42" s="7">
+        <f>U38</f>
+        <v>0</v>
+      </c>
+      <c r="V42" s="6"/>
+      <c r="W42" s="7">
+        <f>W38</f>
+        <v>0</v>
+      </c>
+      <c r="X42" s="6"/>
+      <c r="Y42" s="7">
+        <f>Y38</f>
+        <v>0</v>
+      </c>
+      <c r="Z42" s="6"/>
+      <c r="AA42" s="7">
+        <f>AA38</f>
+        <v>0</v>
+      </c>
+      <c r="AB42" s="6"/>
+      <c r="AC42" s="7">
+        <f>AC38</f>
+        <v>0</v>
+      </c>
+      <c r="AE42" s="7">
+        <f>AE38</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="43" spans="2:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="2:36" ht="28.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B43" s="24"/>
       <c r="C43" s="13" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="D43" s="17">
-        <f>W70</f>
+        <f>Y72</f>
         <v>0</v>
       </c>
       <c r="E43" s="46"/>
       <c r="F43" s="47">
         <f>D43*E43</f>
         <v>0</v>
       </c>
       <c r="G43" s="25"/>
       <c r="H43" s="13" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="I43" s="17">
-        <f>V75</f>
+        <f>X77</f>
         <v>0</v>
       </c>
       <c r="J43" s="46"/>
       <c r="K43" s="47">
         <f>I43*J43</f>
         <v>0</v>
       </c>
       <c r="L43" s="38"/>
       <c r="M43" s="13" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <f>W80</f>
+        <v>39</v>
+      </c>
+      <c r="N43" s="18">
+        <f>Y82</f>
         <v>0</v>
       </c>
       <c r="O43" s="46"/>
       <c r="P43" s="47">
         <f>N43*O43</f>
         <v>0</v>
       </c>
-      <c r="R43" s="39"/>
-[...3 lines deleted...]
-      <c r="Y43" s="39"/>
     </row>
-    <row r="44" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="2:36" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B44" s="24"/>
       <c r="C44" s="25"/>
       <c r="D44" s="28"/>
       <c r="E44" s="28"/>
       <c r="F44" s="28"/>
       <c r="G44" s="25"/>
       <c r="H44" s="25"/>
       <c r="I44" s="28"/>
       <c r="J44" s="28"/>
       <c r="K44" s="28"/>
       <c r="L44" s="25"/>
       <c r="M44" s="25"/>
       <c r="N44" s="28"/>
       <c r="O44" s="28"/>
       <c r="P44" s="22"/>
       <c r="R44" s="9"/>
     </row>
-    <row r="45" spans="2:36" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="2:36" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B45" s="24"/>
       <c r="C45" s="13" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D45" s="17">
-        <f>U70</f>
+        <f>W72</f>
         <v>0</v>
       </c>
       <c r="E45" s="46"/>
       <c r="F45" s="47">
         <f>D45*E45</f>
         <v>0</v>
       </c>
       <c r="G45" s="25"/>
       <c r="H45" s="13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="I45" s="17">
-        <f>T75</f>
+        <f>V77</f>
         <v>0</v>
       </c>
       <c r="J45" s="46"/>
       <c r="K45" s="47">
         <f>I45*J45</f>
         <v>0</v>
       </c>
       <c r="L45" s="38"/>
       <c r="M45" s="13" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="N45" s="17">
-        <f>U80</f>
+        <f>W82</f>
         <v>0</v>
       </c>
       <c r="O45" s="46"/>
       <c r="P45" s="47">
         <f>N45*O45</f>
         <v>0</v>
       </c>
+      <c r="R45" s="39"/>
+      <c r="S45" s="39"/>
+      <c r="U45" s="39"/>
+      <c r="W45" s="39"/>
+      <c r="Y45" s="39"/>
     </row>
     <row r="46" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B46" s="24"/>
       <c r="C46" s="25"/>
-      <c r="D46" s="25"/>
-[...1 lines deleted...]
-      <c r="F46" s="25"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="28"/>
+      <c r="F46" s="28"/>
       <c r="G46" s="25"/>
       <c r="H46" s="25"/>
-      <c r="I46" s="25"/>
-[...1 lines deleted...]
-      <c r="K46" s="25"/>
+      <c r="I46" s="28"/>
+      <c r="J46" s="28"/>
+      <c r="K46" s="28"/>
       <c r="L46" s="25"/>
       <c r="M46" s="25"/>
       <c r="N46" s="28"/>
       <c r="O46" s="28"/>
       <c r="P46" s="22"/>
-      <c r="R46" s="16"/>
-[...6 lines deleted...]
-      </c>
+      <c r="R46" s="9"/>
     </row>
-    <row r="47" spans="2:36" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="2:36" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B47" s="24"/>
-      <c r="C47" s="25"/>
-[...2 lines deleted...]
-      <c r="F47" s="25"/>
+      <c r="C47" s="13" t="s">
+        <v>40</v>
+      </c>
+      <c r="D47" s="17">
+        <f>U72</f>
+        <v>0</v>
+      </c>
+      <c r="E47" s="46"/>
+      <c r="F47" s="47">
+        <f>D47*E47</f>
+        <v>0</v>
+      </c>
       <c r="G47" s="25"/>
-      <c r="H47" s="25"/>
-[...16 lines deleted...]
-      <c r="U47" s="9"/>
+      <c r="H47" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="I47" s="17">
+        <f>T77</f>
+        <v>0</v>
+      </c>
+      <c r="J47" s="46"/>
+      <c r="K47" s="47">
+        <f>I47*J47</f>
+        <v>0</v>
+      </c>
+      <c r="L47" s="38"/>
+      <c r="M47" s="13" t="s">
+        <v>41</v>
+      </c>
+      <c r="N47" s="17">
+        <f>U82</f>
+        <v>0</v>
+      </c>
+      <c r="O47" s="46"/>
+      <c r="P47" s="47">
+        <f>N47*O47</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="48" spans="2:36" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+    <row r="48" spans="2:36" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B48" s="24"/>
       <c r="C48" s="25"/>
-      <c r="D48" s="52" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="D48" s="25"/>
+      <c r="E48" s="25"/>
+      <c r="F48" s="25"/>
       <c r="G48" s="25"/>
       <c r="H48" s="25"/>
-      <c r="I48" s="52" t="s">
-[...6 lines deleted...]
-      </c>
+      <c r="I48" s="25"/>
+      <c r="J48" s="25"/>
+      <c r="K48" s="25"/>
       <c r="L48" s="25"/>
-      <c r="M48" s="61"/>
-[...3 lines deleted...]
-      <c r="S48" s="4"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="28"/>
+      <c r="O48" s="28"/>
+      <c r="P48" s="22"/>
+      <c r="R48" s="16"/>
+      <c r="S48" s="16"/>
+      <c r="T48" s="9"/>
+      <c r="U48" s="9"/>
+      <c r="Y48" s="1">
+        <f>J37</f>
+        <v>0</v>
+      </c>
     </row>
-    <row r="49" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="2:28" ht="10.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B49" s="24"/>
       <c r="C49" s="25"/>
       <c r="D49" s="25"/>
       <c r="E49" s="25"/>
       <c r="F49" s="25"/>
       <c r="G49" s="25"/>
       <c r="H49" s="25"/>
       <c r="I49" s="25"/>
       <c r="J49" s="25"/>
       <c r="K49" s="25"/>
       <c r="L49" s="25"/>
-      <c r="M49" s="25"/>
-[...2 lines deleted...]
-      <c r="P49" s="22"/>
+      <c r="M49" s="73" t="s">
+        <v>42</v>
+      </c>
+      <c r="N49" s="75">
+        <f>S82</f>
+        <v>0</v>
+      </c>
+      <c r="O49" s="77"/>
+      <c r="P49" s="79">
+        <f>O49*N49</f>
+        <v>0</v>
+      </c>
+      <c r="U49" s="9"/>
     </row>
-    <row r="50" spans="2:28" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="2:28" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B50" s="24"/>
       <c r="C50" s="25"/>
-      <c r="D50" s="25"/>
-[...1 lines deleted...]
-      <c r="F50" s="25"/>
+      <c r="D50" s="61" t="s">
+        <v>45</v>
+      </c>
+      <c r="E50" s="61"/>
+      <c r="F50" s="47">
+        <f>F43+F45+F47</f>
+        <v>0</v>
+      </c>
       <c r="G50" s="25"/>
       <c r="H50" s="25"/>
-      <c r="I50" s="25"/>
-[...1 lines deleted...]
-      <c r="K50" s="25"/>
+      <c r="I50" s="61" t="s">
+        <v>45</v>
+      </c>
+      <c r="J50" s="61"/>
+      <c r="K50" s="47">
+        <f>K43+K45+K47</f>
+        <v>0</v>
+      </c>
       <c r="L50" s="25"/>
-      <c r="M50" s="25"/>
-[...7 lines deleted...]
-      </c>
+      <c r="M50" s="74"/>
+      <c r="N50" s="76"/>
+      <c r="O50" s="78"/>
+      <c r="P50" s="80"/>
+      <c r="S50" s="4"/>
     </row>
     <row r="51" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B51" s="26"/>
-[...24 lines deleted...]
-      </c>
+      <c r="B51" s="24"/>
+      <c r="C51" s="25"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="25"/>
+      <c r="F51" s="25"/>
+      <c r="G51" s="25"/>
+      <c r="H51" s="25"/>
+      <c r="I51" s="25"/>
+      <c r="J51" s="25"/>
+      <c r="K51" s="25"/>
+      <c r="L51" s="25"/>
+      <c r="M51" s="25"/>
+      <c r="N51" s="25"/>
+      <c r="O51" s="25"/>
+      <c r="P51" s="22"/>
     </row>
-    <row r="52" spans="2:28" x14ac:dyDescent="0.25">
-      <c r="X52" s="3" t="s">
+    <row r="52" spans="2:28" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B52" s="24"/>
+      <c r="C52" s="25"/>
+      <c r="D52" s="25"/>
+      <c r="E52" s="25"/>
+      <c r="F52" s="25"/>
+      <c r="G52" s="25"/>
+      <c r="H52" s="25"/>
+      <c r="I52" s="25"/>
+      <c r="J52" s="25"/>
+      <c r="K52" s="25"/>
+      <c r="L52" s="25"/>
+      <c r="M52" s="25"/>
+      <c r="N52" s="61" t="s">
+        <v>45</v>
+      </c>
+      <c r="O52" s="61"/>
+      <c r="P52" s="47">
+        <f>P43+P45+P47+P49</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="2:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="26"/>
+      <c r="C53" s="27"/>
+      <c r="D53" s="27"/>
+      <c r="E53" s="27"/>
+      <c r="F53" s="27"/>
+      <c r="G53" s="27"/>
+      <c r="H53" s="27"/>
+      <c r="I53" s="27"/>
+      <c r="J53" s="27"/>
+      <c r="K53" s="27"/>
+      <c r="L53" s="27"/>
+      <c r="M53" s="27"/>
+      <c r="N53" s="81"/>
+      <c r="O53" s="81"/>
+      <c r="P53" s="23"/>
+      <c r="V53" t="s">
+        <v>0</v>
+      </c>
+      <c r="X53" s="1">
+        <f>Y48/2</f>
+        <v>0</v>
+      </c>
+      <c r="Z53" s="1">
+        <f>Y48/2</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="2:28" x14ac:dyDescent="0.25">
+      <c r="X54" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="Z52" s="3" t="s">
+      <c r="Z54" s="3" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="57" spans="2:28" x14ac:dyDescent="0.25">
-      <c r="U57" t="s">
+    <row r="59" spans="2:28" x14ac:dyDescent="0.25">
+      <c r="U59" t="s">
         <v>1</v>
       </c>
-      <c r="W57" s="1">
-[...8 lines deleted...]
-        <f>Z51/2</f>
+      <c r="W59" s="1">
+        <f>X53/2</f>
+        <v>0</v>
+      </c>
+      <c r="Y59" s="1">
+        <f>X53/2+Z53/2</f>
+        <v>0</v>
+      </c>
+      <c r="AA59" s="1">
+        <f>Z53/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="2:28" x14ac:dyDescent="0.25">
-      <c r="W58" s="3" t="s">
+    <row r="60" spans="2:28" x14ac:dyDescent="0.25">
+      <c r="W60" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="Y58" s="2" t="s">
+      <c r="Y60" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="AA58" s="3" t="s">
+      <c r="AA60" s="3" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="62" spans="2:28" x14ac:dyDescent="0.25">
-      <c r="U62" t="s">
+    <row r="64" spans="2:28" x14ac:dyDescent="0.25">
+      <c r="U64" t="s">
         <v>2</v>
       </c>
-      <c r="V62" s="1">
-[...12 lines deleted...]
-        <f>AA57/2</f>
+      <c r="V64" s="1">
+        <f>W59/2</f>
+        <v>0</v>
+      </c>
+      <c r="X64" s="1">
+        <f>W59/2+Y59/2</f>
+        <v>0</v>
+      </c>
+      <c r="Z64" s="1">
+        <f>Y59/2+AA59/2</f>
+        <v>0</v>
+      </c>
+      <c r="AB64" s="1">
+        <f>AA59/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="63" spans="2:28" x14ac:dyDescent="0.25">
-      <c r="V63" s="3" t="s">
+    <row r="65" spans="18:31" x14ac:dyDescent="0.25">
+      <c r="V65" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="X63" s="2" t="s">
+      <c r="X65" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="Z63" s="2" t="s">
+      <c r="Z65" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="AB63" s="3" t="s">
+      <c r="AB65" s="3" t="s">
         <v>8</v>
-      </c>
-[...40 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="69" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="U69" s="3"/>
-[...3 lines deleted...]
-      <c r="AC69" s="3"/>
+      <c r="T69" t="s">
+        <v>12</v>
+      </c>
+      <c r="U69" s="1">
+        <f>V64/2</f>
+        <v>0</v>
+      </c>
+      <c r="W69" s="1">
+        <f>V64/2+X64/2</f>
+        <v>0</v>
+      </c>
+      <c r="Y69" s="1">
+        <f>X64/2+Z64/2</f>
+        <v>0</v>
+      </c>
+      <c r="AA69" s="1">
+        <f>Z64/2+AB64/2</f>
+        <v>0</v>
+      </c>
+      <c r="AC69" s="1">
+        <f>AB64/2</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="70" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R70" s="9">
-[...21 lines deleted...]
-        <v>0</v>
+      <c r="U70" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="W70" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="Y70" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="AA70" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="AC70" s="3" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R71" s="9">
-[...2 lines deleted...]
-      </c>
+      <c r="U71" s="3"/>
       <c r="W71" s="3"/>
       <c r="Y71" s="3"/>
       <c r="AA71" s="3"/>
       <c r="AC71" s="3"/>
     </row>
     <row r="72" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R72" s="9"/>
-[...29 lines deleted...]
-        <f>AC67/2</f>
+      <c r="R72" s="9">
+        <f>U72+W72+Y72+AA72+AC72</f>
+        <v>0</v>
+      </c>
+      <c r="U72" s="7">
+        <f>ROUND(U69,0)</f>
+        <v>0</v>
+      </c>
+      <c r="W72" s="7">
+        <f>ROUND(W69,0)</f>
+        <v>0</v>
+      </c>
+      <c r="Y72" s="7">
+        <f>ROUND(Y69,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AA72" s="7">
+        <f>ROUND(AA69,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AC72" s="7">
+        <f>ROUND(AC69,0)</f>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="T73" s="3" t="s">
-[...4 lines deleted...]
-        <v>24</v>
+      <c r="R73" s="9">
+        <f>U73+W73+Y73</f>
+        <v>0</v>
       </c>
       <c r="W73" s="3"/>
-      <c r="X73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y73" s="3"/>
-      <c r="Z73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA73" s="3"/>
-      <c r="AB73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC73" s="3"/>
-      <c r="AD73" s="3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="74" spans="18:31" x14ac:dyDescent="0.25">
+      <c r="R74" s="9"/>
+      <c r="S74" t="s">
+        <v>16</v>
+      </c>
+      <c r="T74" s="10">
+        <f>U69/2</f>
+        <v>0</v>
+      </c>
       <c r="U74" s="3"/>
+      <c r="V74" s="1">
+        <f>U69/2+W69/2</f>
+        <v>0</v>
+      </c>
       <c r="W74" s="3"/>
+      <c r="X74" s="1">
+        <f>W69/2+Y69/2</f>
+        <v>0</v>
+      </c>
       <c r="Y74" s="3"/>
+      <c r="Z74" s="1">
+        <f>Y69/2+AA69/2</f>
+        <v>0</v>
+      </c>
       <c r="AA74" s="3"/>
+      <c r="AB74" s="1">
+        <f>AA69/2+AC69/2</f>
+        <v>0</v>
+      </c>
       <c r="AC74" s="3"/>
+      <c r="AD74" s="1">
+        <f>AC69/2</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="75" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R75" s="9">
-[...5 lines deleted...]
-        <v>0</v>
+      <c r="T75" s="3" t="s">
+        <v>22</v>
       </c>
       <c r="U75" s="3"/>
-      <c r="V75" s="7">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="V75" s="3" t="s">
+        <v>24</v>
       </c>
       <c r="W75" s="3"/>
-      <c r="X75" s="7">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="X75" s="3" t="s">
+        <v>25</v>
       </c>
       <c r="Y75" s="3"/>
-      <c r="Z75" s="7">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="Z75" s="3" t="s">
+        <v>26</v>
       </c>
       <c r="AA75" s="3"/>
-      <c r="AB75" s="7">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="AB75" s="3" t="s">
+        <v>27</v>
       </c>
       <c r="AC75" s="3"/>
-      <c r="AD75" s="7">
-[...1 lines deleted...]
-        <v>0</v>
+      <c r="AD75" s="3" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R76" s="8"/>
-      <c r="T76" s="8"/>
       <c r="U76" s="3"/>
-      <c r="V76" s="8"/>
       <c r="W76" s="3"/>
-      <c r="X76" s="8"/>
       <c r="Y76" s="3"/>
       <c r="AA76" s="3"/>
       <c r="AC76" s="3"/>
     </row>
     <row r="77" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R77" t="s">
-[...39 lines deleted...]
-        <f>ROUND(AD72/2,0)</f>
+      <c r="R77" s="9">
+        <f>T74+V74+X74+Z74+AB74+AD74</f>
+        <v>0</v>
+      </c>
+      <c r="T77" s="7">
+        <f>T74</f>
+        <v>0</v>
+      </c>
+      <c r="U77" s="3"/>
+      <c r="V77" s="7">
+        <f>V74</f>
+        <v>0</v>
+      </c>
+      <c r="W77" s="3"/>
+      <c r="X77" s="7">
+        <f>X74</f>
+        <v>0</v>
+      </c>
+      <c r="Y77" s="3"/>
+      <c r="Z77" s="7">
+        <f>Z74</f>
+        <v>0</v>
+      </c>
+      <c r="AA77" s="3"/>
+      <c r="AB77" s="7">
+        <f>AB74</f>
+        <v>0</v>
+      </c>
+      <c r="AC77" s="3"/>
+      <c r="AD77" s="7">
+        <f>AD74</f>
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="S78" s="3" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="R78" s="8"/>
+      <c r="T78" s="8"/>
+      <c r="U78" s="3"/>
+      <c r="V78" s="8"/>
+      <c r="W78" s="3"/>
+      <c r="X78" s="8"/>
+      <c r="Y78" s="3"/>
+      <c r="AA78" s="3"/>
+      <c r="AC78" s="3"/>
     </row>
     <row r="79" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="U79" s="3"/>
-[...3 lines deleted...]
-      <c r="AC79" s="3"/>
+      <c r="R79" t="s">
+        <v>17</v>
+      </c>
+      <c r="S79" s="1">
+        <f>ROUND(T74/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="T79">
+        <f>$U$6*T78</f>
+        <v>0</v>
+      </c>
+      <c r="U79" s="1">
+        <f>ROUND(T74/2+V74/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="V79">
+        <f>$U$6*V78</f>
+        <v>0</v>
+      </c>
+      <c r="W79" s="1">
+        <f>ROUND(V74/2+X74/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="X79">
+        <f>$U$6*X78</f>
+        <v>0</v>
+      </c>
+      <c r="Y79" s="1">
+        <f>ROUND(X74/2+Z74/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AA79" s="1">
+        <f>ROUND(Z74/2+AB74/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AC79" s="1">
+        <f>ROUND(AB74/2+AD74/2,0)</f>
+        <v>0</v>
+      </c>
+      <c r="AE79" s="1">
+        <f>ROUND(AD74/2,0)</f>
+        <v>0</v>
+      </c>
     </row>
     <row r="80" spans="18:31" x14ac:dyDescent="0.25">
-      <c r="R80" s="9">
-[...33 lines deleted...]
-        <v>0</v>
+      <c r="S80" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="U80" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="W80" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="Y80" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="AA80" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="AC80" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="AE80" s="3" t="s">
+        <v>51</v>
       </c>
     </row>
-    <row r="82" spans="18:25" x14ac:dyDescent="0.25">
-      <c r="R82" s="9"/>
+    <row r="81" spans="18:31" x14ac:dyDescent="0.25">
+      <c r="U81" s="3"/>
+      <c r="W81" s="3"/>
+      <c r="Y81" s="3"/>
+      <c r="AA81" s="3"/>
+      <c r="AC81" s="3"/>
     </row>
-    <row r="83" spans="18:25" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="Y83" s="39"/>
+    <row r="82" spans="18:31" x14ac:dyDescent="0.25">
+      <c r="R82" s="9">
+        <f>S79+U79+W79+Y79+AA79+AC79+AE79</f>
+        <v>0</v>
+      </c>
+      <c r="S82" s="7">
+        <f>S79</f>
+        <v>0</v>
+      </c>
+      <c r="U82" s="7">
+        <f>U79</f>
+        <v>0</v>
+      </c>
+      <c r="V82" s="6"/>
+      <c r="W82" s="7">
+        <f>W79</f>
+        <v>0</v>
+      </c>
+      <c r="X82" s="6"/>
+      <c r="Y82" s="7">
+        <f>Y79</f>
+        <v>0</v>
+      </c>
+      <c r="Z82" s="6"/>
+      <c r="AA82" s="7">
+        <f>AA79</f>
+        <v>0</v>
+      </c>
+      <c r="AB82" s="6"/>
+      <c r="AC82" s="7">
+        <f>AC79</f>
+        <v>0</v>
+      </c>
+      <c r="AE82" s="7">
+        <f>AE79</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="84" spans="18:31" x14ac:dyDescent="0.25">
+      <c r="R84" s="9"/>
+    </row>
+    <row r="85" spans="18:31" x14ac:dyDescent="0.25">
+      <c r="R85" s="39"/>
+      <c r="S85" s="39"/>
+      <c r="U85" s="39"/>
+      <c r="W85" s="39"/>
+      <c r="Y85" s="39"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" selectLockedCells="1"/>
-  <mergeCells count="30">
+  <mergeCells count="28">
+    <mergeCell ref="P23:P24"/>
+    <mergeCell ref="N26:O26"/>
+    <mergeCell ref="N27:O27"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="N52:O52"/>
+    <mergeCell ref="N53:O53"/>
+    <mergeCell ref="H39:J39"/>
+    <mergeCell ref="M39:O39"/>
+    <mergeCell ref="M49:M50"/>
+    <mergeCell ref="N49:N50"/>
+    <mergeCell ref="O49:O50"/>
     <mergeCell ref="B3:P3"/>
-    <mergeCell ref="B28:P28"/>
+    <mergeCell ref="B29:P29"/>
     <mergeCell ref="C13:E13"/>
-    <mergeCell ref="D48:E48"/>
-[...7 lines deleted...]
-    <mergeCell ref="D23:E23"/>
+    <mergeCell ref="D50:E50"/>
+    <mergeCell ref="AH29:AJ29"/>
+    <mergeCell ref="AH33:AH34"/>
+    <mergeCell ref="AI33:AI34"/>
+    <mergeCell ref="AJ33:AJ34"/>
+    <mergeCell ref="C39:E39"/>
+    <mergeCell ref="D24:E24"/>
     <mergeCell ref="H13:J13"/>
     <mergeCell ref="M13:O13"/>
-    <mergeCell ref="M22:M23"/>
-[...14 lines deleted...]
-    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="M23:M24"/>
+    <mergeCell ref="N23:N24"/>
+    <mergeCell ref="O23:O24"/>
+    <mergeCell ref="P49:P50"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
-  <dataValidations count="2">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J34" xr:uid="{BE537956-002D-4961-BB22-7B3F5F506103}">
+  <conditionalFormatting sqref="C15:F24">
+    <cfRule type="expression" dxfId="11" priority="11">
+      <formula>$D$6="5 parties"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="10" priority="12">
+      <formula>$D$6="6 parties"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C41:F50">
+    <cfRule type="expression" dxfId="9" priority="1">
+      <formula>$D$32="5 parties"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="8" priority="2">
+      <formula>$D$32="6 parties"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="H15:K24">
+    <cfRule type="expression" dxfId="7" priority="13">
+      <formula>$D$6="4 parties"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="6" priority="14">
+      <formula>$D$6="6 parties"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="H41:K50">
+    <cfRule type="expression" dxfId="5" priority="3">
+      <formula>$D$32="4 parties"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="4" priority="4">
+      <formula>$D$32="6 parties"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M15:P26">
+    <cfRule type="expression" dxfId="3" priority="9">
+      <formula>$D$6="4 parties"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="10">
+      <formula>$D$6="5 parties"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M41:P52">
+    <cfRule type="expression" dxfId="1" priority="5">
+      <formula>$D$32="4 parties"</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="0" priority="6">
+      <formula>$D$32="5 parties"</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <dataValidations count="3">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J35" xr:uid="{BE537956-002D-4961-BB22-7B3F5F506103}">
       <formula1>$S$11:$S$12</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J9" xr:uid="{2491AD25-FB48-4465-A2B5-5AE0B2946CF4}">
       <formula1>$S$1:$S$12</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D6 D32" xr:uid="{C84B0349-F437-40E4-ADD5-357AA66DB504}">
+      <formula1>$S$13:$S$17</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">